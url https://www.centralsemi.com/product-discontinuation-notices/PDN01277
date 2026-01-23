--- v0 (2025-10-29)
+++ v1 (2026-01-23)
@@ -12,1628 +12,2357 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PDN01277 Item List" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="529">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="772">
   <si>
     <t>PDN#</t>
   </si>
   <si>
     <t>EFFECTIVE_DATE</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>REPLACEMENT</t>
   </si>
   <si>
     <t>LAST_TIME_BUY</t>
   </si>
   <si>
     <t>LAST_SHIPMENTS</t>
   </si>
   <si>
     <t>PDN_DETAILS</t>
   </si>
   <si>
     <t>PDN_DISCLAIMER</t>
   </si>
   <si>
     <t>PDN01277</t>
   </si>
   <si>
-    <t>2025-02-19</t>
+    <t>2026-01-14</t>
   </si>
   <si>
     <t>CEN1095 BK</t>
   </si>
   <si>
     <t>N/A-Stock only</t>
   </si>
   <si>
-    <t>2025-08-19</t>
-[...5 lines deleted...]
-    <t>All devices manufactured in the SOD-323 package are discontinued and    now classified as End of Life (EOL).                                                                                                            Available options are:                                                  1. Orders will be accepted for products with available inventory.       2. Last Time Buy (LTB) may be available for certain items.              3. A replacement product not available at the time of this notice, may  be under development.                                                                                                                           Please contact your Central Semiconductor Customer Service              Representative at 001.631.435.1110</t>
+    <t>2027-01-14</t>
+  </si>
+  <si>
+    <t>All devices manufactured in the SOD-323 package are discontinued and    now classified as End of Life (EOL).                                                                                                            Rev:001 of PDN#01277, January 14, 2026, issued to add all replacement    part numbers for devices in the SOD-323 Case.  Devices previously sold  in the SOD-323 case are now offered in the SOD-323F case (see           replacement part numbers below).                                                                                                                Please contact your Central Semiconductor Customer Service              Representative at 001.631.435.1110</t>
   </si>
   <si>
     <t>Although Central Semiconductor makes every effort to continue to produce devices that have been proclaimed EOL (End of Life) by other manufacturers, it is an accepted industry practice to discontinue certain devices when customer demand falls below a minimum level of sustainability.   Accordingly, the following product(s) have been transitioned to End of Life status as part of Central's ongoing Product Portfolio Management. Any replacement products are noted below. The effective date for placing last purchase orders will be six (6) months from the date of this notice and twelve (12) months from the notice date for final shipments, and minimum order quantities may apply.</t>
   </si>
   <si>
     <t>CEN1095 TR</t>
   </si>
   <si>
     <t>CEN1095 TR PBFREE</t>
   </si>
   <si>
     <t>CEN1208 BK</t>
   </si>
   <si>
     <t>CEN1208 BK PBFREE</t>
   </si>
   <si>
     <t>CEN1208 TR</t>
   </si>
   <si>
     <t>CEN1208 TR PBFREE</t>
   </si>
   <si>
     <t>CMDD2004 BK</t>
   </si>
   <si>
+    <t>CMDD2004F BK</t>
+  </si>
+  <si>
     <t>CMDD2004 BK PBFREE</t>
   </si>
   <si>
     <t>CMDD2004 TR</t>
   </si>
   <si>
+    <t>CMDD2004F TR</t>
+  </si>
+  <si>
     <t>CMDD2004 TR PBFREE</t>
   </si>
   <si>
     <t>CMDD3003 BK</t>
   </si>
   <si>
+    <t>CMDD3003F BK</t>
+  </si>
+  <si>
     <t>CMDD3003 BK PBFREE</t>
   </si>
   <si>
     <t>CMDD3003 TR</t>
   </si>
   <si>
+    <t>CMDD3003F TR</t>
+  </si>
+  <si>
     <t>CMDD3003 TR PBFREE</t>
   </si>
   <si>
     <t>CMDD4448 BK</t>
   </si>
   <si>
+    <t>CMDD4448F BK</t>
+  </si>
+  <si>
     <t>CMDD4448 BK PBFREE</t>
   </si>
   <si>
     <t>CMDD4448 TR</t>
   </si>
   <si>
+    <t>CMDD4448F TR</t>
+  </si>
+  <si>
     <t>CMDD4448 TR PBFREE</t>
   </si>
   <si>
     <t>CMDD6001 BK</t>
   </si>
   <si>
+    <t>CMDD6001F BK</t>
+  </si>
+  <si>
     <t>CMDD6001 BK PBFREE</t>
   </si>
   <si>
     <t>CMDD6001 BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDD6001 TR</t>
   </si>
   <si>
+    <t>CMDD6001F TR</t>
+  </si>
+  <si>
     <t>CMDD6001 TR PBFREE</t>
   </si>
   <si>
     <t>CMDD6001 TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDD6263 BK</t>
   </si>
   <si>
+    <t>CMDD6263F BK</t>
+  </si>
+  <si>
     <t>CMDD6263 BK PBFREE</t>
   </si>
   <si>
     <t>CMDD6263 TR</t>
   </si>
   <si>
+    <t>CMDD6263F TR</t>
+  </si>
+  <si>
     <t>CMDD6263 TR PBFREE</t>
   </si>
   <si>
     <t>CMDSH-3 BK</t>
   </si>
   <si>
+    <t>CMDSH-3F BK</t>
+  </si>
+  <si>
     <t>CMDSH-3 BK PBFREE</t>
   </si>
   <si>
     <t>CMDSH-3 TR</t>
   </si>
   <si>
+    <t>CMDSH-3F TR</t>
+  </si>
+  <si>
     <t>CMDSH-3 TR PBFREE</t>
   </si>
   <si>
+    <t>CMDSH-3F TR PBFREE</t>
+  </si>
+  <si>
     <t>CMDSH-4E BK</t>
   </si>
   <si>
+    <t>CMDSH-4EF BK</t>
+  </si>
+  <si>
     <t>CMDSH-4E BK PBFREE</t>
   </si>
   <si>
     <t>CMDSH-4E TR</t>
   </si>
   <si>
+    <t>CMDSH-4EF TR</t>
+  </si>
+  <si>
     <t>CMDSH-4E TR PBFREE</t>
   </si>
   <si>
     <t>CMDSH05-4 BK</t>
   </si>
   <si>
+    <t>CMDSH05-4F BK</t>
+  </si>
+  <si>
     <t>CMDSH05-4 BK PBFREE</t>
   </si>
   <si>
     <t>CMDSH05-4 TR</t>
   </si>
   <si>
+    <t>CMDSH05-4F TR</t>
+  </si>
+  <si>
     <t>CMDSH05-4 TR PBFREE</t>
   </si>
   <si>
     <t>CMDSH05-45 BK</t>
   </si>
   <si>
+    <t>CMDSH05-45F BK</t>
+  </si>
+  <si>
     <t>CMDSH05-45 BK PBFREE</t>
   </si>
   <si>
     <t>CMDSH05-45 TR</t>
   </si>
   <si>
+    <t>CMDSH05-45F TR</t>
+  </si>
+  <si>
     <t>CMDSH05-45 TR PBFREE</t>
   </si>
   <si>
     <t>CMDSH05-45 TR13</t>
   </si>
   <si>
     <t>CMDSH05-45 TR13 PBFREE</t>
   </si>
   <si>
     <t>CMDSH2-3 BK</t>
   </si>
   <si>
+    <t>CMDSH2-3F BK</t>
+  </si>
+  <si>
     <t>CMDSH2-3 BK PBFREE</t>
   </si>
   <si>
     <t>CMDSH2-3 BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDSH2-3 TR</t>
   </si>
   <si>
+    <t>CMDSH2-3F TR</t>
+  </si>
+  <si>
     <t>CMDSH2-3 TR PBFREE</t>
   </si>
   <si>
     <t>CMDSH2-3 TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDSH2-4L BK</t>
   </si>
   <si>
+    <t>CMDSH2-4LF BK</t>
+  </si>
+  <si>
     <t>CMDSH2-4L BK PBFREE</t>
   </si>
   <si>
     <t>CMDSH2-4L TR</t>
   </si>
   <si>
+    <t>CMDSH2-4LF TR</t>
+  </si>
+  <si>
     <t>CMDSH2-4L TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ1L8 BK</t>
   </si>
   <si>
+    <t>CMDZ1L8F BK</t>
+  </si>
+  <si>
     <t>CMDZ1L8 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ1L8 TR</t>
   </si>
   <si>
+    <t>CMDZ1L8F TR</t>
+  </si>
+  <si>
     <t>CMDZ1L8 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ10L BK</t>
   </si>
   <si>
+    <t>CMDZ10LF BK</t>
+  </si>
+  <si>
     <t>CMDZ10L BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ10L TR</t>
   </si>
   <si>
+    <t>CMDZ10LF TR</t>
+  </si>
+  <si>
     <t>CMDZ10L TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ10V BK</t>
   </si>
   <si>
+    <t>CMDZ10VF BK</t>
+  </si>
+  <si>
     <t>CMDZ10V TR</t>
   </si>
   <si>
+    <t>CMDZ10VF TR</t>
+  </si>
+  <si>
     <t>CMDZ10V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ11L BK</t>
   </si>
   <si>
+    <t>CMDZ11LF BK</t>
+  </si>
+  <si>
     <t>CMDZ11L BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ11L TR</t>
   </si>
   <si>
+    <t>CMDZ11LF TR</t>
+  </si>
+  <si>
     <t>CMDZ11L TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ11V BK</t>
   </si>
   <si>
+    <t>CMDZ11VF BK</t>
+  </si>
+  <si>
     <t>CMDZ11V BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ11V TR</t>
   </si>
   <si>
+    <t>CMDZ11VF TR</t>
+  </si>
+  <si>
     <t>CMDZ11V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ12L BK</t>
   </si>
   <si>
+    <t>CMDZ12LF BK</t>
+  </si>
+  <si>
     <t>CMDZ12L BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ12L BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ12L TR</t>
   </si>
   <si>
+    <t>CMDZ12LF TR</t>
+  </si>
+  <si>
     <t>CMDZ12L TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ12L TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ12V BK</t>
   </si>
   <si>
+    <t>CMDZ12VF BK</t>
+  </si>
+  <si>
     <t>CMDZ12V BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ12V TR</t>
   </si>
   <si>
+    <t>CMDZ12VF TR</t>
+  </si>
+  <si>
     <t>CMDZ12V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ13L BK</t>
   </si>
   <si>
+    <t>CMDZ13LF BK</t>
+  </si>
+  <si>
     <t>CMDZ13L BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ13L BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ13L TR</t>
   </si>
   <si>
+    <t>CMDZ13LF TR</t>
+  </si>
+  <si>
     <t>CMDZ13L TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ13L TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ13V BK</t>
   </si>
   <si>
+    <t>CMDZ13VF BK</t>
+  </si>
+  <si>
     <t>CMDZ13V BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ13V TR</t>
   </si>
   <si>
+    <t>CMDZ13VF TR</t>
+  </si>
+  <si>
     <t>CMDZ13V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ15L BK</t>
   </si>
   <si>
+    <t>CMDZ15LF BK</t>
+  </si>
+  <si>
     <t>CMDZ15L BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ15L TR</t>
   </si>
   <si>
+    <t>CMDZ15LF TR</t>
+  </si>
+  <si>
     <t>CMDZ15L TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ15LD BK</t>
   </si>
   <si>
     <t>CMDZ15LD BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ15LD TR</t>
   </si>
   <si>
     <t>CMDZ15LD TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ15V BK</t>
   </si>
   <si>
+    <t>CMDZ15VF BK</t>
+  </si>
+  <si>
     <t>CMDZ15V BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ15V TR</t>
   </si>
   <si>
+    <t>CMDZ15VF TR</t>
+  </si>
+  <si>
     <t>CMDZ15V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ16L BK</t>
   </si>
   <si>
+    <t>CMDZ16LF BK</t>
+  </si>
+  <si>
     <t>CMDZ16L BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ16L BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ16L TR</t>
   </si>
   <si>
+    <t>CMDZ16LF TR</t>
+  </si>
+  <si>
     <t>CMDZ16L TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ16L TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ16V BK</t>
   </si>
   <si>
+    <t>CMDZ16VF BK</t>
+  </si>
+  <si>
     <t>CMDZ16V BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ16V TR</t>
   </si>
   <si>
+    <t>CMDZ16VF TR</t>
+  </si>
+  <si>
     <t>CMDZ16V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ18L BK</t>
   </si>
   <si>
+    <t>CMDZ18LF BK</t>
+  </si>
+  <si>
     <t>CMDZ18L BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ18L TR</t>
   </si>
   <si>
+    <t>CMDZ18LF TR</t>
+  </si>
+  <si>
     <t>CMDZ18L TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ18V BK</t>
   </si>
   <si>
+    <t>CMDZ18VF BK</t>
+  </si>
+  <si>
     <t>CMDZ18V BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ18V TR</t>
   </si>
   <si>
+    <t>CMDZ18VF TR</t>
+  </si>
+  <si>
     <t>CMDZ18V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ2L0 BK</t>
   </si>
   <si>
+    <t>CMDZ2L0F BK</t>
+  </si>
+  <si>
     <t>CMDZ2L0 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ2L0 TR</t>
   </si>
   <si>
+    <t>CMDZ2L0F TR</t>
+  </si>
+  <si>
     <t>CMDZ2L0 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ2L2 BK</t>
   </si>
   <si>
+    <t>CMDZ2L2F BK</t>
+  </si>
+  <si>
     <t>CMDZ2L2 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ2L2 TR</t>
   </si>
   <si>
+    <t>CMDZ2L2F TR</t>
+  </si>
+  <si>
     <t>CMDZ2L2 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ2L4 BK</t>
   </si>
   <si>
+    <t>CMDZ2L4F BK</t>
+  </si>
+  <si>
     <t>CMDZ2L4 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ2L4 BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ2L4 TR</t>
   </si>
   <si>
+    <t>CMDZ2L4F TR</t>
+  </si>
+  <si>
     <t>CMDZ2L4 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ2L4 TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ2L5 BK</t>
   </si>
   <si>
+    <t>CMDZ2L5F BK</t>
+  </si>
+  <si>
     <t>CMDZ2L5 BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ2L5 TR</t>
   </si>
   <si>
+    <t>CMDZ2L5F TR</t>
+  </si>
+  <si>
     <t>CMDZ2L5 TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ2L7 BK</t>
   </si>
   <si>
+    <t>CMDZ2L7F BK</t>
+  </si>
+  <si>
     <t>CMDZ2L7 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ2L7 TR</t>
   </si>
   <si>
+    <t>CMDZ2L7F TR</t>
+  </si>
+  <si>
     <t>CMDZ2L7 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ2L8 BK</t>
   </si>
   <si>
+    <t>CMDZ2L8F BK</t>
+  </si>
+  <si>
     <t>CMDZ2L8 TR</t>
   </si>
   <si>
+    <t>CMDZ2L8F TR</t>
+  </si>
+  <si>
     <t>CMDZ2V4 BK</t>
   </si>
   <si>
+    <t>CMDZ2V4F BK</t>
+  </si>
+  <si>
     <t>CMDZ2V4 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ2V4 TR</t>
   </si>
   <si>
+    <t>CMDZ2V4F TR</t>
+  </si>
+  <si>
     <t>CMDZ2V4 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ2V6 BK</t>
   </si>
   <si>
+    <t>CMDZ2V6F BK</t>
+  </si>
+  <si>
     <t>CMDZ2V6 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ2V6 TR</t>
   </si>
   <si>
+    <t>CMDZ2V6F TR</t>
+  </si>
+  <si>
     <t>CMDZ2V6 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ2V7 BK</t>
   </si>
   <si>
+    <t>CMDZ2V7F BK</t>
+  </si>
+  <si>
     <t>CMDZ2V7 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ2V7 TR</t>
   </si>
   <si>
+    <t>CMDZ2V7F TR</t>
+  </si>
+  <si>
     <t>CMDZ2V7 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ20L BK</t>
   </si>
   <si>
+    <t>CMDZ20LF BK</t>
+  </si>
+  <si>
     <t>CMDZ20L BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ20L TR</t>
   </si>
   <si>
+    <t>CMDZ20LF TR</t>
+  </si>
+  <si>
     <t>CMDZ20L TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ20V BK</t>
   </si>
   <si>
+    <t>CMDZ20VF BK</t>
+  </si>
+  <si>
     <t>CMDZ20V TR</t>
   </si>
   <si>
+    <t>CMDZ20VF TR</t>
+  </si>
+  <si>
     <t>CMDZ20V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ22L BK</t>
   </si>
   <si>
+    <t>CMDZ22LF BK</t>
+  </si>
+  <si>
     <t>CMDZ22L BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ22L TR</t>
   </si>
   <si>
+    <t>CMDZ22LF TR</t>
+  </si>
+  <si>
     <t>CMDZ22L TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ22V BK</t>
   </si>
   <si>
+    <t>CMDZ22VF BK</t>
+  </si>
+  <si>
     <t>CMDZ22V BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ22V TR</t>
   </si>
   <si>
+    <t>CMDZ22VF TR</t>
+  </si>
+  <si>
     <t>CMDZ22V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ24L BK</t>
   </si>
   <si>
+    <t>CMDZ24LF BK</t>
+  </si>
+  <si>
     <t>CMDZ24L BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ24L TR</t>
   </si>
   <si>
+    <t>CMDZ24LF TR</t>
+  </si>
+  <si>
     <t>CMDZ24L TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ24V BK</t>
   </si>
   <si>
+    <t>CMDZ24VF BK</t>
+  </si>
+  <si>
     <t>CMDZ24V BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ24V TR</t>
   </si>
   <si>
+    <t>CMDZ24VF TR</t>
+  </si>
+  <si>
     <t>CMDZ24V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ27L BK</t>
   </si>
   <si>
+    <t>CMDZ27LF BK</t>
+  </si>
+  <si>
     <t>CMDZ27L BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ27L TR</t>
   </si>
   <si>
+    <t>CMDZ27LF TR</t>
+  </si>
+  <si>
     <t>CMDZ27L TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ27V BK</t>
   </si>
   <si>
+    <t>CMDZ27VF BK</t>
+  </si>
+  <si>
     <t>CMDZ27V BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ27V BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ27V TR</t>
   </si>
   <si>
+    <t>CMDZ27VF TR</t>
+  </si>
+  <si>
     <t>CMDZ27V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ3L0 BK</t>
   </si>
   <si>
+    <t>CMDZ3L0F BK</t>
+  </si>
+  <si>
     <t>CMDZ3L0 TR</t>
   </si>
   <si>
+    <t>CMDZ3L0F TR</t>
+  </si>
+  <si>
     <t>CMDZ3L0 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ3L3 BK</t>
   </si>
   <si>
+    <t>CMDZ3L3F BK</t>
+  </si>
+  <si>
     <t>CMDZ3L3 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ3L3 TR</t>
   </si>
   <si>
+    <t>CMDZ3L3F TR</t>
+  </si>
+  <si>
     <t>CMDZ3L3 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ3L6 BK</t>
   </si>
   <si>
+    <t>CMDZ3L6F BK</t>
+  </si>
+  <si>
     <t>CMDZ3L6 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ3L6 TR</t>
   </si>
   <si>
+    <t>CMDZ3L6F TR</t>
+  </si>
+  <si>
     <t>CMDZ3L6 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ3L9 BK</t>
   </si>
   <si>
+    <t>CMDZ3L9F BK</t>
+  </si>
+  <si>
     <t>CMDZ3L9 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ3L9 TR</t>
   </si>
   <si>
+    <t>CMDZ3L9F TR</t>
+  </si>
+  <si>
     <t>CMDZ3L9 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ3V0 BK</t>
   </si>
   <si>
+    <t>CMDZ3V0F BK</t>
+  </si>
+  <si>
     <t>CMDZ3V0 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ3V0 TR</t>
   </si>
   <si>
+    <t>CMDZ3V0F TR</t>
+  </si>
+  <si>
     <t>CMDZ3V0 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ3V3 BK</t>
   </si>
   <si>
+    <t>CMDZ3V3F BK</t>
+  </si>
+  <si>
     <t>CMDZ3V3 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ3V3 BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ3V3 TR</t>
   </si>
   <si>
+    <t>CMDZ3V3F TR</t>
+  </si>
+  <si>
     <t>CMDZ3V3 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ3V6 BK</t>
   </si>
   <si>
+    <t>CMDZ3V6F BK</t>
+  </si>
+  <si>
     <t>CMDZ3V6 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ3V6 TR</t>
   </si>
   <si>
+    <t>CMDZ3V6F TR</t>
+  </si>
+  <si>
     <t>CMDZ3V6 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ3V9 BK</t>
   </si>
   <si>
+    <t>CMDZ3V9F BK</t>
+  </si>
+  <si>
     <t>CMDZ3V9 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ3V9 TR</t>
   </si>
   <si>
+    <t>CMDZ3V9F TR</t>
+  </si>
+  <si>
     <t>CMDZ3V9 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ30L BK</t>
   </si>
   <si>
+    <t>CMDZ30LF BK</t>
+  </si>
+  <si>
     <t>CMDZ30L TR</t>
   </si>
   <si>
+    <t>CMDZ30LF TR</t>
+  </si>
+  <si>
     <t>CMDZ30L TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ30V BK</t>
   </si>
   <si>
+    <t>CMDZ30VF BK</t>
+  </si>
+  <si>
     <t>CMDZ30V BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ30V TR</t>
   </si>
   <si>
+    <t>CMDZ30VF TR</t>
+  </si>
+  <si>
     <t>CMDZ30V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ33L BK</t>
   </si>
   <si>
+    <t>CMDZ33LF BK</t>
+  </si>
+  <si>
     <t>CMDZ33L BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ33L BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ33L TR</t>
   </si>
   <si>
+    <t>CMDZ33LF TR</t>
+  </si>
+  <si>
     <t>CMDZ33L TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ33L TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ33V BK</t>
   </si>
   <si>
+    <t>CMDZ33VF BK</t>
+  </si>
+  <si>
     <t>CMDZ33V BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ33V TR</t>
   </si>
   <si>
+    <t>CMDZ33VF TR</t>
+  </si>
+  <si>
     <t>CMDZ33V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ36L BK</t>
   </si>
   <si>
     <t>CMDZ36L BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ36L TR</t>
   </si>
   <si>
+    <t>CMDZ36LF TR</t>
+  </si>
+  <si>
     <t>CMDZ36L TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ36V BK</t>
   </si>
   <si>
+    <t>CMDZ36VF BK</t>
+  </si>
+  <si>
     <t>CMDZ36V BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ36V TR</t>
   </si>
   <si>
+    <t>CMDZ36VF TR</t>
+  </si>
+  <si>
     <t>CMDZ36V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ39L BK</t>
   </si>
   <si>
+    <t>CMDZ39LF BK</t>
+  </si>
+  <si>
     <t>CMDZ39L BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ39L TR</t>
   </si>
   <si>
+    <t>CMDZ39LF TR</t>
+  </si>
+  <si>
     <t>CMDZ39L TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ39V BK</t>
   </si>
   <si>
+    <t>CMDZ39VF BK</t>
+  </si>
+  <si>
     <t>CMDZ39V BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ39V TR</t>
   </si>
   <si>
+    <t>CMDZ39VF TR</t>
+  </si>
+  <si>
     <t>CMDZ39V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ4L3 BK</t>
   </si>
   <si>
+    <t>CMDZ4L3F BK</t>
+  </si>
+  <si>
     <t>CMDZ4L3 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ4L3 TR</t>
   </si>
   <si>
+    <t>CMDZ4L3F TR</t>
+  </si>
+  <si>
     <t>CMDZ4L3 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ4L7 BK</t>
   </si>
   <si>
+    <t>CMDZ4L7F BK</t>
+  </si>
+  <si>
     <t>CMDZ4L7 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ4L7 TR</t>
   </si>
   <si>
+    <t>CMDZ4L7F TR</t>
+  </si>
+  <si>
     <t>CMDZ4L7 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ4V3 BK</t>
   </si>
   <si>
+    <t>CMDZ4V3F BK</t>
+  </si>
+  <si>
     <t>CMDZ4V3 TR</t>
   </si>
   <si>
+    <t>CMDZ4V3F TR</t>
+  </si>
+  <si>
     <t>CMDZ4V3 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ4V7 BK</t>
   </si>
   <si>
+    <t>CMDZ4V7F BK</t>
+  </si>
+  <si>
     <t>CMDZ4V7 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ4V7 TR</t>
   </si>
   <si>
+    <t>CMDZ4V7F TR</t>
+  </si>
+  <si>
     <t>CMDZ4V7 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ43L BK</t>
   </si>
   <si>
+    <t>CMDZ43LF BK</t>
+  </si>
+  <si>
     <t>CMDZ43L BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ43L TR</t>
   </si>
   <si>
+    <t>CMDZ43LF TR</t>
+  </si>
+  <si>
     <t>CMDZ43L TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ43V BK</t>
   </si>
   <si>
+    <t>CMDZ43VF BK</t>
+  </si>
+  <si>
     <t>CMDZ43V TR</t>
   </si>
   <si>
+    <t>CMDZ43VF TR</t>
+  </si>
+  <si>
     <t>CMDZ43V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ47L BK</t>
   </si>
   <si>
+    <t>CMDZ47LF BK</t>
+  </si>
+  <si>
     <t>CMDZ47L TR</t>
   </si>
   <si>
+    <t>CMDZ47LF TR</t>
+  </si>
+  <si>
     <t>CMDZ47L TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ47V BK</t>
   </si>
   <si>
+    <t>CMDZ47VF BK</t>
+  </si>
+  <si>
     <t>CMDZ47V BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ47V TR</t>
   </si>
   <si>
+    <t>CMDZ47VF TR</t>
+  </si>
+  <si>
     <t>CMDZ47V TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5L1 BK</t>
   </si>
   <si>
+    <t>CMDZ5L1F BK</t>
+  </si>
+  <si>
     <t>CMDZ5L1 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5L1 TR</t>
   </si>
   <si>
+    <t>CMDZ5L1F TR</t>
+  </si>
+  <si>
     <t>CMDZ5L1 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5L6 BK</t>
   </si>
   <si>
+    <t>CMDZ5L6F BK</t>
+  </si>
+  <si>
     <t>CMDZ5L6 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5L6 TR</t>
   </si>
   <si>
+    <t>CMDZ5L6F TR</t>
+  </si>
+  <si>
     <t>CMDZ5L6 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5V1 BK</t>
   </si>
   <si>
+    <t>CMDZ5V1F BK</t>
+  </si>
+  <si>
     <t>CMDZ5V1 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5V1 TR</t>
   </si>
   <si>
+    <t>CMDZ5V1F TR</t>
+  </si>
+  <si>
     <t>CMDZ5V1 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5V6 BK</t>
   </si>
   <si>
+    <t>CMDZ5V6F BK</t>
+  </si>
+  <si>
     <t>CMDZ5V6 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5V6 TR</t>
   </si>
   <si>
+    <t>CMDZ5V6F TR</t>
+  </si>
+  <si>
     <t>CMDZ5V6 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5221B BK</t>
   </si>
   <si>
+    <t>CMDZ5221BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5221B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5221B TR</t>
   </si>
   <si>
+    <t>CMDZ5221BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5221B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5222B BK</t>
   </si>
   <si>
+    <t>CMDZ5222BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5222B TR</t>
   </si>
   <si>
+    <t>CMDZ5222BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5222B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5223B BK</t>
   </si>
   <si>
+    <t>CMDZ5223BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5223B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5223B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5223B TR</t>
   </si>
   <si>
+    <t>CMDZ5223BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5223B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5223B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5224B BK</t>
   </si>
   <si>
+    <t>CMDZ5224BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5224B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5224B TR</t>
   </si>
   <si>
+    <t>CMDZ5224BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5224B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5225B BK</t>
   </si>
   <si>
+    <t>CMDZ5225BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5225B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5225B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5225B TR</t>
   </si>
   <si>
+    <t>CMDZ5225BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5225B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5225B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5226B BK</t>
   </si>
   <si>
+    <t>CMDZ5226BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5226B TR</t>
   </si>
   <si>
+    <t>CMDZ5226BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5226B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5227B BK</t>
   </si>
   <si>
+    <t>CMDZ5227BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5227B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5227B TR</t>
   </si>
   <si>
+    <t>CMDZ5227BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5227B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5228B BK</t>
   </si>
   <si>
+    <t>CMDZ5228BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5228B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5228B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5228B TR</t>
   </si>
   <si>
+    <t>CMDZ5228BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5228B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5228B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5229B BK</t>
   </si>
   <si>
+    <t>CMDZ5229BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5229B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5229B TR</t>
   </si>
   <si>
+    <t>CMDZ5229BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5229B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5230B BK</t>
   </si>
   <si>
+    <t>CMDZ5230BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5230B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5230B TR</t>
   </si>
   <si>
+    <t>CMDZ5230BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5230B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5231B BK</t>
   </si>
   <si>
+    <t>CMDZ5231BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5231B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5231B TR</t>
   </si>
   <si>
+    <t>CMDZ5231BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5231B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5232B BK</t>
   </si>
   <si>
+    <t>CMDZ5232BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5232B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5232B TR</t>
   </si>
   <si>
+    <t>CMDZ5232BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5232B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5233B BK</t>
   </si>
   <si>
+    <t>CMDZ5233BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5233B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5233B TR</t>
   </si>
   <si>
+    <t>CMDZ5233BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5233B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5234B BK</t>
   </si>
   <si>
+    <t>CMDZ5234BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5234B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5234B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5234B TR</t>
   </si>
   <si>
+    <t>CMDZ5234BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5234B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5234B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5235B BK</t>
   </si>
   <si>
+    <t>CMDZ5235BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5235B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5235B TR</t>
   </si>
   <si>
+    <t>CMDZ5235BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5235B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5236B BK</t>
   </si>
   <si>
+    <t>CMDZ5236BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5236B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5236B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5236B TR</t>
   </si>
   <si>
+    <t>CMDZ5236BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5236B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5236B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5237B BK</t>
   </si>
   <si>
+    <t>CMDZ5237BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5237B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5237B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5237B TR</t>
   </si>
   <si>
+    <t>CMDZ5237BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5237B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5237B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5238B BK</t>
   </si>
   <si>
+    <t>CMDZ5238BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5238B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5238B TR</t>
   </si>
   <si>
+    <t>CMDZ5238BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5238B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5239B BK</t>
   </si>
   <si>
+    <t>CMDZ5239BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5239B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5239B TR</t>
   </si>
   <si>
+    <t>CMDZ5239BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5239B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5240B BK</t>
   </si>
   <si>
+    <t>CMDZ5240BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5240B TR</t>
   </si>
   <si>
+    <t>CMDZ5240BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5240B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5241B BK</t>
   </si>
   <si>
+    <t>CMDZ5241BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5241B TR</t>
   </si>
   <si>
+    <t>CMDZ5241BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5241B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5242B BK</t>
   </si>
   <si>
+    <t>CMDZ5242BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5242B TR</t>
   </si>
   <si>
+    <t>CMDZ5242BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5242B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5243B BK</t>
   </si>
   <si>
+    <t>CMDZ5243BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5243B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5243B TR</t>
   </si>
   <si>
+    <t>CMDZ5243BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5243B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5244B BK</t>
   </si>
   <si>
+    <t>CMDZ5244BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5244B TR</t>
   </si>
   <si>
+    <t>CMDZ5244BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5244B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5245B BK</t>
   </si>
   <si>
+    <t>CMDZ5245BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5245B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5245B TR</t>
   </si>
   <si>
+    <t>CMDZ5245BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5245B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5246B BK</t>
   </si>
   <si>
+    <t>CMDZ5246BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5246B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5246B TR</t>
   </si>
   <si>
+    <t>CMDZ5246BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5246B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5247B BK</t>
   </si>
   <si>
+    <t>CMDZ5247BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5247B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5247B TR</t>
   </si>
   <si>
+    <t>CMDZ5247BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5247B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5248B BK</t>
   </si>
   <si>
+    <t>CMDZ5248BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5248B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5248B TR</t>
   </si>
   <si>
+    <t>CMDZ5248BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5248B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5249B BK</t>
   </si>
   <si>
+    <t>CMDZ5249BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5249B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5249B TR</t>
   </si>
   <si>
+    <t>CMDZ5249BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5249B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5250B BK</t>
   </si>
   <si>
+    <t>CMDZ5250BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5250B TR</t>
   </si>
   <si>
+    <t>CMDZ5250BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5250B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5251B BK</t>
   </si>
   <si>
+    <t>CMDZ5251BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5251B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5251B TR</t>
   </si>
   <si>
+    <t>CMDZ5251BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5251B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5252B BK</t>
   </si>
   <si>
+    <t>CMDZ5252BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5252B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5252B TR</t>
   </si>
   <si>
+    <t>CMDZ5252BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5252B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5253B BK</t>
   </si>
   <si>
+    <t>CMDZ5253BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5253B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5253B TR</t>
   </si>
   <si>
+    <t>CMDZ5253BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5253B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5254B BK</t>
   </si>
   <si>
+    <t>CMDZ5254BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5254B BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5254B TR</t>
   </si>
   <si>
+    <t>CMDZ5254BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5254B TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ5255B BK</t>
   </si>
   <si>
+    <t>CMDZ5255BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5255B TR</t>
   </si>
   <si>
+    <t>CMDZ5255BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5255B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5256B BK</t>
   </si>
   <si>
+    <t>CMDZ5256BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5256B TR</t>
   </si>
   <si>
+    <t>CMDZ5256BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5256B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5257B BK</t>
   </si>
   <si>
+    <t>CMDZ5257BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5257B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5257B TR</t>
   </si>
   <si>
+    <t>CMDZ5257BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5257B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5258B BK</t>
   </si>
   <si>
+    <t>CMDZ5258BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5258B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5258B TR</t>
   </si>
   <si>
+    <t>CMDZ5258BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5258B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5259B BK</t>
   </si>
   <si>
+    <t>CMDZ5259BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5259B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5259B TR</t>
   </si>
   <si>
+    <t>CMDZ5259BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5259B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5259B TR13</t>
   </si>
   <si>
     <t>CMDZ5259B TR13 PBFREE</t>
   </si>
   <si>
     <t>CMDZ5260B BK</t>
   </si>
   <si>
+    <t>CMDZ5260BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5260B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5260B TR</t>
   </si>
   <si>
+    <t>CMDZ5260BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5260B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ5261B BK</t>
   </si>
   <si>
+    <t>CMDZ5261BF BK</t>
+  </si>
+  <si>
     <t>CMDZ5261B BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ5261B TR</t>
   </si>
   <si>
+    <t>CMDZ5261BF TR</t>
+  </si>
+  <si>
     <t>CMDZ5261B TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ6L2 BK</t>
   </si>
   <si>
+    <t>CMDZ6L2F BK</t>
+  </si>
+  <si>
     <t>CMDZ6L2 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ6L2 TR</t>
   </si>
   <si>
+    <t>CMDZ6L2F TR</t>
+  </si>
+  <si>
     <t>CMDZ6L2 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ6L8 BK</t>
   </si>
   <si>
+    <t>CMDZ6L8F BK</t>
+  </si>
+  <si>
     <t>CMDZ6L8 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ6L8 BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ6L8 TR</t>
   </si>
   <si>
+    <t>CMDZ6L8F TR</t>
+  </si>
+  <si>
     <t>CMDZ6L8 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ6L8 TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ6V2 BK</t>
   </si>
   <si>
+    <t>CMDZ6V2F BK</t>
+  </si>
+  <si>
     <t>CMDZ6V2 TR</t>
   </si>
   <si>
+    <t>CMDZ6V2F TR</t>
+  </si>
+  <si>
     <t>CMDZ6V2 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ6V8 BK</t>
   </si>
   <si>
+    <t>CMDZ6V8F BK</t>
+  </si>
+  <si>
     <t>CMDZ6V8 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ6V8 TR</t>
   </si>
   <si>
+    <t>CMDZ6V8F TR</t>
+  </si>
+  <si>
     <t>CMDZ6V8 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ7L5 BK</t>
   </si>
   <si>
+    <t>CMDZ7L5F BK</t>
+  </si>
+  <si>
     <t>CMDZ7L5 TR</t>
   </si>
   <si>
+    <t>CMDZ7L5F TR</t>
+  </si>
+  <si>
     <t>CMDZ7L5 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ7V5 BK</t>
   </si>
   <si>
+    <t>CMDZ7V5F BK</t>
+  </si>
+  <si>
     <t>CMDZ7V5 TR</t>
   </si>
   <si>
+    <t>CMDZ7V5F TR</t>
+  </si>
+  <si>
     <t>CMDZ7V5 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ8L2 BK</t>
   </si>
   <si>
+    <t>CMDZ8L2F BK</t>
+  </si>
+  <si>
     <t>CMDZ8L2 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ8L2 TR</t>
   </si>
   <si>
+    <t>CMDZ8L2F TR</t>
+  </si>
+  <si>
     <t>CMDZ8L2 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ8V2 BK</t>
   </si>
   <si>
+    <t>CMDZ8V2F BK</t>
+  </si>
+  <si>
     <t>CMDZ8V2 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ8V2 TR</t>
   </si>
   <si>
+    <t>CMDZ8V2F TR</t>
+  </si>
+  <si>
     <t>CMDZ8V2 TR PBFREE</t>
   </si>
   <si>
     <t>CMDZ9L1 BK</t>
   </si>
   <si>
+    <t>CMDZ9L1F BK</t>
+  </si>
+  <si>
     <t>CMDZ9L1 BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ9L1 TR</t>
   </si>
   <si>
+    <t>CMDZ9L1F TR</t>
+  </si>
+  <si>
     <t>CMDZ9L1 TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMDZ9V1 BK</t>
   </si>
   <si>
+    <t>CMDZ9V1F BK</t>
+  </si>
+  <si>
     <t>CMDZ9V1 BK PBFREE</t>
   </si>
   <si>
     <t>CMDZ9V1 TR</t>
+  </si>
+  <si>
+    <t>CMDZ9V1F TR</t>
   </si>
   <si>
     <t>CMDZ9V1 TR PBFREE</t>
   </si>
   <si>
     <t>HCMDD2004 BK</t>
   </si>
   <si>
     <t>HCMDD2004 BK PBFREE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1956,13456 +2685,15952 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H515"/>
+  <dimension ref="A1:H611"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="890.64" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="806.803" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="800.947" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" t="s">
         <v>22</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>23</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H10" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H11" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H12" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>26</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>27</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H16" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>30</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H17" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H18" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H19" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H20" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H21" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H22" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H23" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H24" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H25" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H26" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H27" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H28" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H29" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F30" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H30" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F31" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H31" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F32" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H32" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F33" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H33" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H34" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H35" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>54</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H36" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H37" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F38" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H38" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F39" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H39" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F40" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H40" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H41" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H42" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F43" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H43" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F44" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H44" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>64</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H45" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F46" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H46" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F47" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H47" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H48" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F49" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H49" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H50" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F51" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H51" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>73</v>
       </c>
       <c r="E52" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F52" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H52" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H53" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F54" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H54" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F55" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H55" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G56" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H56" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F57" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H57" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F58" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G58" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H58" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>81</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F59" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G59" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H59" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F60" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G60" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H60" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F61" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H61" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>85</v>
       </c>
       <c r="E62" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F62" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H62" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F63" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H63" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F64" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H64" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F65" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H65" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>89</v>
       </c>
       <c r="E66" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F66" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H66" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H67" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="E68" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H68" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H69" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F70" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G70" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H70" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
       <c r="E71" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G71" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H71" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F72" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G72" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H72" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="E73" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G73" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H73" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G74" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H74" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F75" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G75" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H75" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D76" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="E76" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F76" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G76" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H76" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H77" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F78" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H78" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>104</v>
       </c>
       <c r="E79" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F79" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G79" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H79" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F80" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G80" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H80" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="D81" t="s">
-        <v>11</v>
+        <v>107</v>
       </c>
       <c r="E81" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F81" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G81" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H81" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>95</v>
+        <v>108</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="E82" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F82" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G82" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H82" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F83" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G83" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H83" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F84" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G84" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H84" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>98</v>
+        <v>111</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>112</v>
       </c>
       <c r="E85" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F85" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G85" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H85" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F86" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G86" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H86" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F87" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G87" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H87" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
       <c r="D88" t="s">
-        <v>11</v>
+        <v>115</v>
       </c>
       <c r="E88" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F88" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G88" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H88" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F89" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G89" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H89" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="D90" t="s">
-        <v>11</v>
+        <v>118</v>
       </c>
       <c r="E90" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F90" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G90" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H90" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F91" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G91" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H91" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="D92" t="s">
-        <v>11</v>
+        <v>121</v>
       </c>
       <c r="E92" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F92" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G92" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H92" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>106</v>
+        <v>122</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F93" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G93" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H93" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>107</v>
+        <v>123</v>
       </c>
       <c r="D94" t="s">
-        <v>11</v>
+        <v>124</v>
       </c>
       <c r="E94" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F94" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G94" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H94" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>108</v>
+        <v>125</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F95" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G95" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H95" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>109</v>
+        <v>126</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F96" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G96" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H96" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>110</v>
+        <v>127</v>
       </c>
       <c r="D97" t="s">
-        <v>11</v>
+        <v>128</v>
       </c>
       <c r="E97" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F97" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G97" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H97" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>111</v>
+        <v>127</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F98" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G98" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H98" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F99" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G99" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H99" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F100" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G100" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H100" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>114</v>
+        <v>131</v>
       </c>
       <c r="D101" t="s">
-        <v>11</v>
+        <v>132</v>
       </c>
       <c r="E101" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F101" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G101" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H101" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>115</v>
+        <v>133</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F102" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G102" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H102" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>8</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>116</v>
+        <v>134</v>
       </c>
       <c r="D103" t="s">
-        <v>11</v>
+        <v>135</v>
       </c>
       <c r="E103" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F103" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G103" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H103" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>8</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>117</v>
+        <v>136</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F104" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G104" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H104" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>8</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>118</v>
+        <v>137</v>
       </c>
       <c r="D105" t="s">
-        <v>11</v>
+        <v>138</v>
       </c>
       <c r="E105" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F105" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G105" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H105" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>8</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>119</v>
+        <v>139</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G106" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H106" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>8</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G107" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H107" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>8</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>121</v>
+        <v>141</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F108" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G108" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H108" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>8</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>122</v>
+        <v>141</v>
       </c>
       <c r="D109" t="s">
-        <v>11</v>
+        <v>142</v>
       </c>
       <c r="E109" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F109" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G109" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H109" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>8</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>123</v>
+        <v>143</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F110" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G110" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H110" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>8</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F111" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G111" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H111" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>8</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="D112" t="s">
-        <v>11</v>
+        <v>146</v>
       </c>
       <c r="E112" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F112" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G112" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H112" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>8</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F113" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G113" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H113" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>8</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="D114" t="s">
-        <v>11</v>
+        <v>149</v>
       </c>
       <c r="E114" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F114" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G114" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H114" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>8</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>128</v>
+        <v>150</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F115" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G115" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H115" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>8</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="D116" t="s">
-        <v>11</v>
+        <v>152</v>
       </c>
       <c r="E116" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F116" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G116" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H116" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>8</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>130</v>
+        <v>153</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F117" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G117" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H117" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>8</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F118" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G118" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H118" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>8</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>132</v>
+        <v>154</v>
       </c>
       <c r="D119" t="s">
-        <v>11</v>
+        <v>155</v>
       </c>
       <c r="E119" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F119" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G119" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H119" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>8</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F120" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G120" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H120" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>8</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>134</v>
+        <v>157</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F121" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G121" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H121" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>8</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>135</v>
+        <v>158</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F122" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G122" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H122" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>8</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F123" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G123" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H123" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>8</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>137</v>
+        <v>160</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F124" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G124" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H124" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>8</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>138</v>
+        <v>161</v>
       </c>
       <c r="D125" t="s">
-        <v>11</v>
+        <v>162</v>
       </c>
       <c r="E125" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F125" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G125" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H125" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>8</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>139</v>
+        <v>163</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F126" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G126" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H126" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>8</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>140</v>
+        <v>164</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F127" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G127" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H127" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>8</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>141</v>
+        <v>164</v>
       </c>
       <c r="D128" t="s">
-        <v>11</v>
+        <v>165</v>
       </c>
       <c r="E128" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F128" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G128" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H128" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>8</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>142</v>
+        <v>166</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F129" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G129" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H129" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>8</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>143</v>
+        <v>167</v>
       </c>
       <c r="D130" t="s">
-        <v>11</v>
+        <v>168</v>
       </c>
       <c r="E130" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F130" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G130" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H130" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>8</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>144</v>
+        <v>169</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F131" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G131" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H131" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>8</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>145</v>
+        <v>170</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F132" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G132" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H132" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>8</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>146</v>
+        <v>171</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F133" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G133" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H133" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>8</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>147</v>
+        <v>171</v>
       </c>
       <c r="D134" t="s">
-        <v>11</v>
+        <v>172</v>
       </c>
       <c r="E134" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F134" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G134" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H134" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>8</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F135" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G135" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H135" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>8</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F136" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G136" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H136" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>8</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>150</v>
+        <v>175</v>
       </c>
       <c r="D137" t="s">
-        <v>11</v>
+        <v>176</v>
       </c>
       <c r="E137" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F137" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G137" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H137" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>8</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>151</v>
+        <v>177</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F138" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G138" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H138" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>8</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>152</v>
+        <v>178</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F139" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G139" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H139" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>8</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>153</v>
+        <v>178</v>
       </c>
       <c r="D140" t="s">
-        <v>11</v>
+        <v>179</v>
       </c>
       <c r="E140" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F140" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G140" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H140" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>8</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>154</v>
+        <v>180</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F141" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G141" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H141" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>8</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>155</v>
+        <v>181</v>
       </c>
       <c r="D142" t="s">
-        <v>11</v>
+        <v>182</v>
       </c>
       <c r="E142" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F142" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G142" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H142" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>8</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>156</v>
+        <v>183</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F143" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G143" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H143" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>8</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>157</v>
+        <v>184</v>
       </c>
       <c r="D144" t="s">
-        <v>11</v>
+        <v>185</v>
       </c>
       <c r="E144" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F144" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G144" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H144" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>8</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>158</v>
+        <v>184</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F145" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G145" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H145" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>8</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>159</v>
+        <v>186</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F146" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G146" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H146" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>8</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>160</v>
+        <v>187</v>
       </c>
       <c r="D147" t="s">
-        <v>11</v>
+        <v>188</v>
       </c>
       <c r="E147" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F147" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G147" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H147" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>8</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>161</v>
+        <v>189</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F148" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G148" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H148" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>8</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>162</v>
+        <v>190</v>
       </c>
       <c r="D149" t="s">
-        <v>11</v>
+        <v>191</v>
       </c>
       <c r="E149" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F149" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G149" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H149" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>8</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F150" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G150" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H150" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>8</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>164</v>
+        <v>193</v>
       </c>
       <c r="D151" t="s">
-        <v>11</v>
+        <v>194</v>
       </c>
       <c r="E151" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F151" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G151" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H151" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>8</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>165</v>
+        <v>195</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F152" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G152" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H152" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>8</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>166</v>
+        <v>196</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F153" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G153" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H153" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>8</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>167</v>
+        <v>196</v>
       </c>
       <c r="D154" t="s">
-        <v>11</v>
+        <v>197</v>
       </c>
       <c r="E154" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F154" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G154" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H154" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>8</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>168</v>
+        <v>198</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F155" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G155" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H155" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>8</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>169</v>
+        <v>199</v>
       </c>
       <c r="D156" t="s">
-        <v>11</v>
+        <v>200</v>
       </c>
       <c r="E156" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F156" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G156" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H156" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>8</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>170</v>
+        <v>201</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F157" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G157" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H157" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>8</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>171</v>
+        <v>202</v>
       </c>
       <c r="D158" t="s">
-        <v>11</v>
+        <v>203</v>
       </c>
       <c r="E158" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F158" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G158" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H158" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>8</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>172</v>
+        <v>202</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F159" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G159" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H159" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>8</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>173</v>
+        <v>204</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F160" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G160" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H160" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>8</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>174</v>
+        <v>205</v>
       </c>
       <c r="D161" t="s">
-        <v>11</v>
+        <v>206</v>
       </c>
       <c r="E161" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F161" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G161" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H161" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>8</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>175</v>
+        <v>207</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F162" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G162" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H162" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>8</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>176</v>
+        <v>208</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F163" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G163" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H163" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>8</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>177</v>
+        <v>209</v>
       </c>
       <c r="D164" t="s">
-        <v>11</v>
+        <v>210</v>
       </c>
       <c r="E164" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F164" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G164" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H164" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>8</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>178</v>
+        <v>209</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F165" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G165" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H165" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>8</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>179</v>
+        <v>211</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F166" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G166" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H166" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>8</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>180</v>
+        <v>212</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F167" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G167" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H167" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>8</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>181</v>
+        <v>213</v>
       </c>
       <c r="D168" t="s">
-        <v>11</v>
+        <v>214</v>
       </c>
       <c r="E168" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F168" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G168" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H168" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>8</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>182</v>
+        <v>215</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F169" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G169" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H169" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>8</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>183</v>
+        <v>216</v>
       </c>
       <c r="D170" t="s">
-        <v>11</v>
+        <v>217</v>
       </c>
       <c r="E170" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F170" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G170" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H170" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>8</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>184</v>
+        <v>218</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F171" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G171" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H171" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>8</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>185</v>
+        <v>219</v>
       </c>
       <c r="D172" t="s">
-        <v>11</v>
+        <v>220</v>
       </c>
       <c r="E172" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F172" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G172" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H172" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>8</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>186</v>
+        <v>221</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F173" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G173" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H173" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>8</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>187</v>
+        <v>222</v>
       </c>
       <c r="D174" t="s">
-        <v>11</v>
+        <v>223</v>
       </c>
       <c r="E174" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F174" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G174" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H174" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>8</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>188</v>
+        <v>222</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F175" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G175" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H175" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>8</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>189</v>
+        <v>224</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F176" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G176" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H176" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>8</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>190</v>
+        <v>225</v>
       </c>
       <c r="D177" t="s">
-        <v>11</v>
+        <v>226</v>
       </c>
       <c r="E177" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F177" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G177" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H177" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>8</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>191</v>
+        <v>227</v>
       </c>
       <c r="D178" t="s">
-        <v>11</v>
+        <v>228</v>
       </c>
       <c r="E178" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F178" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G178" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H178" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>8</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>192</v>
+        <v>229</v>
       </c>
       <c r="D179" t="s">
-        <v>11</v>
+        <v>230</v>
       </c>
       <c r="E179" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F179" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G179" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H179" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>8</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>193</v>
+        <v>231</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F180" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G180" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H180" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>8</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>194</v>
+        <v>232</v>
       </c>
       <c r="D181" t="s">
-        <v>11</v>
+        <v>233</v>
       </c>
       <c r="E181" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F181" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G181" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H181" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>8</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>195</v>
+        <v>232</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F182" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G182" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H182" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>8</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>196</v>
+        <v>234</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F183" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G183" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H183" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>8</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>197</v>
+        <v>235</v>
       </c>
       <c r="D184" t="s">
-        <v>11</v>
+        <v>236</v>
       </c>
       <c r="E184" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F184" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G184" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H184" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>8</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>198</v>
+        <v>237</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F185" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G185" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H185" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>8</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>199</v>
+        <v>238</v>
       </c>
       <c r="D186" t="s">
-        <v>11</v>
+        <v>239</v>
       </c>
       <c r="E186" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F186" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G186" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H186" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>8</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F187" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G187" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H187" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>8</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>201</v>
+        <v>241</v>
       </c>
       <c r="D188" t="s">
-        <v>11</v>
+        <v>242</v>
       </c>
       <c r="E188" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F188" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G188" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H188" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>8</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>202</v>
+        <v>243</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F189" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G189" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H189" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>8</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>203</v>
+        <v>244</v>
       </c>
       <c r="D190" t="s">
-        <v>11</v>
+        <v>245</v>
       </c>
       <c r="E190" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F190" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G190" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H190" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>8</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>204</v>
+        <v>246</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F191" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G191" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H191" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>8</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>205</v>
+        <v>247</v>
       </c>
       <c r="D192" t="s">
-        <v>11</v>
+        <v>248</v>
       </c>
       <c r="E192" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F192" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G192" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H192" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>8</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>206</v>
+        <v>249</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F193" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G193" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H193" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>8</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>207</v>
+        <v>250</v>
       </c>
       <c r="D194" t="s">
-        <v>11</v>
+        <v>251</v>
       </c>
       <c r="E194" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F194" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G194" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H194" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>8</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>208</v>
+        <v>250</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F195" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G195" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H195" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>8</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>209</v>
+        <v>252</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
       <c r="E196" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F196" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G196" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H196" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>8</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>210</v>
+        <v>253</v>
       </c>
       <c r="D197" t="s">
-        <v>11</v>
+        <v>254</v>
       </c>
       <c r="E197" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F197" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G197" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H197" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>8</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>211</v>
+        <v>255</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F198" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G198" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H198" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>8</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>212</v>
+        <v>255</v>
       </c>
       <c r="D199" t="s">
-        <v>11</v>
+        <v>256</v>
       </c>
       <c r="E199" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F199" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G199" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H199" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>8</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>213</v>
+        <v>257</v>
       </c>
       <c r="D200" t="s">
         <v>11</v>
       </c>
       <c r="E200" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F200" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G200" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H200" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>8</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>214</v>
+        <v>258</v>
       </c>
       <c r="D201" t="s">
-        <v>11</v>
+        <v>259</v>
       </c>
       <c r="E201" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F201" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G201" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H201" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>8</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>215</v>
+        <v>260</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F202" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G202" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H202" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>8</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>216</v>
+        <v>261</v>
       </c>
       <c r="D203" t="s">
-        <v>11</v>
+        <v>262</v>
       </c>
       <c r="E203" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F203" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G203" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H203" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>8</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>217</v>
+        <v>263</v>
       </c>
       <c r="D204" t="s">
         <v>11</v>
       </c>
       <c r="E204" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F204" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G204" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H204" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>8</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>218</v>
+        <v>264</v>
       </c>
       <c r="D205" t="s">
-        <v>11</v>
+        <v>265</v>
       </c>
       <c r="E205" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F205" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G205" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H205" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>8</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>219</v>
+        <v>266</v>
       </c>
       <c r="D206" t="s">
         <v>11</v>
       </c>
       <c r="E206" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F206" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G206" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H206" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>8</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>220</v>
+        <v>267</v>
       </c>
       <c r="D207" t="s">
-        <v>11</v>
+        <v>268</v>
       </c>
       <c r="E207" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F207" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G207" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H207" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>8</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>221</v>
+        <v>269</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
       <c r="E208" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F208" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G208" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H208" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>8</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>222</v>
+        <v>270</v>
       </c>
       <c r="D209" t="s">
-        <v>11</v>
+        <v>271</v>
       </c>
       <c r="E209" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F209" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G209" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H209" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>8</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>223</v>
+        <v>272</v>
       </c>
       <c r="D210" t="s">
         <v>11</v>
       </c>
       <c r="E210" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F210" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G210" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H210" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>8</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>224</v>
+        <v>273</v>
       </c>
       <c r="D211" t="s">
         <v>11</v>
       </c>
       <c r="E211" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F211" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G211" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H211" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>8</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>225</v>
+        <v>273</v>
       </c>
       <c r="D212" t="s">
-        <v>11</v>
+        <v>274</v>
       </c>
       <c r="E212" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F212" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G212" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H212" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>8</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>226</v>
+        <v>275</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F213" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G213" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H213" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>8</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>227</v>
+        <v>276</v>
       </c>
       <c r="D214" t="s">
-        <v>11</v>
+        <v>277</v>
       </c>
       <c r="E214" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F214" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G214" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H214" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>8</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>228</v>
+        <v>278</v>
       </c>
       <c r="D215" t="s">
         <v>11</v>
       </c>
       <c r="E215" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F215" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G215" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H215" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>8</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>229</v>
+        <v>279</v>
       </c>
       <c r="D216" t="s">
         <v>11</v>
       </c>
       <c r="E216" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F216" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G216" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H216" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>8</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="D217" t="s">
-        <v>11</v>
+        <v>280</v>
       </c>
       <c r="E217" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F217" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G217" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H217" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>8</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>231</v>
+        <v>281</v>
       </c>
       <c r="D218" t="s">
         <v>11</v>
       </c>
       <c r="E218" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F218" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G218" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H218" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>8</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>232</v>
+        <v>282</v>
       </c>
       <c r="D219" t="s">
-        <v>11</v>
+        <v>283</v>
       </c>
       <c r="E219" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F219" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G219" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H219" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>8</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>233</v>
+        <v>284</v>
       </c>
       <c r="D220" t="s">
         <v>11</v>
       </c>
       <c r="E220" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F220" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G220" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H220" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>8</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>234</v>
+        <v>285</v>
       </c>
       <c r="D221" t="s">
-        <v>11</v>
+        <v>286</v>
       </c>
       <c r="E221" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F221" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G221" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H221" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>8</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>235</v>
+        <v>287</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F222" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G222" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H222" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>8</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>236</v>
+        <v>288</v>
       </c>
       <c r="D223" t="s">
-        <v>11</v>
+        <v>289</v>
       </c>
       <c r="E223" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F223" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G223" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H223" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>8</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>237</v>
+        <v>290</v>
       </c>
       <c r="D224" t="s">
         <v>11</v>
       </c>
       <c r="E224" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F224" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G224" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H224" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>8</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>238</v>
+        <v>291</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
       <c r="E225" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F225" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G225" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H225" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>8</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>239</v>
+        <v>292</v>
       </c>
       <c r="D226" t="s">
-        <v>11</v>
+        <v>293</v>
       </c>
       <c r="E226" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F226" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G226" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H226" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>8</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>240</v>
+        <v>294</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F227" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G227" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H227" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>8</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>241</v>
+        <v>295</v>
       </c>
       <c r="D228" t="s">
-        <v>11</v>
+        <v>296</v>
       </c>
       <c r="E228" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F228" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G228" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H228" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>8</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>242</v>
+        <v>297</v>
       </c>
       <c r="D229" t="s">
-        <v>11</v>
+        <v>298</v>
       </c>
       <c r="E229" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F229" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G229" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H229" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>8</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>243</v>
+        <v>297</v>
       </c>
       <c r="D230" t="s">
         <v>11</v>
       </c>
       <c r="E230" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F230" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G230" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H230" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>8</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>244</v>
+        <v>299</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
       <c r="E231" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F231" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G231" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H231" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>8</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>245</v>
+        <v>300</v>
       </c>
       <c r="D232" t="s">
-        <v>11</v>
+        <v>301</v>
       </c>
       <c r="E232" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F232" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G232" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H232" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>8</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>246</v>
+        <v>302</v>
       </c>
       <c r="D233" t="s">
         <v>11</v>
       </c>
       <c r="E233" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F233" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G233" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H233" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>8</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>247</v>
+        <v>303</v>
       </c>
       <c r="D234" t="s">
         <v>11</v>
       </c>
       <c r="E234" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F234" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G234" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H234" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>8</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>248</v>
+        <v>303</v>
       </c>
       <c r="D235" t="s">
-        <v>11</v>
+        <v>304</v>
       </c>
       <c r="E235" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F235" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G235" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H235" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>8</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>249</v>
+        <v>305</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
       <c r="E236" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F236" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G236" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H236" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>8</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>250</v>
+        <v>306</v>
       </c>
       <c r="D237" t="s">
-        <v>11</v>
+        <v>307</v>
       </c>
       <c r="E237" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F237" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G237" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H237" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>8</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>251</v>
+        <v>308</v>
       </c>
       <c r="D238" t="s">
         <v>11</v>
       </c>
       <c r="E238" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F238" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G238" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H238" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>8</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>252</v>
+        <v>309</v>
       </c>
       <c r="D239" t="s">
         <v>11</v>
       </c>
       <c r="E239" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F239" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G239" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H239" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>8</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>253</v>
+        <v>309</v>
       </c>
       <c r="D240" t="s">
-        <v>11</v>
+        <v>310</v>
       </c>
       <c r="E240" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F240" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G240" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H240" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>8</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>254</v>
+        <v>311</v>
       </c>
       <c r="D241" t="s">
         <v>11</v>
       </c>
       <c r="E241" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F241" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G241" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H241" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>8</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>255</v>
+        <v>312</v>
       </c>
       <c r="D242" t="s">
-        <v>11</v>
+        <v>313</v>
       </c>
       <c r="E242" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F242" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G242" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H242" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>8</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>256</v>
+        <v>314</v>
       </c>
       <c r="D243" t="s">
         <v>11</v>
       </c>
       <c r="E243" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F243" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G243" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H243" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>8</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>257</v>
+        <v>315</v>
       </c>
       <c r="D244" t="s">
         <v>11</v>
       </c>
       <c r="E244" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F244" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G244" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H244" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>8</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>258</v>
+        <v>315</v>
       </c>
       <c r="D245" t="s">
-        <v>11</v>
+        <v>316</v>
       </c>
       <c r="E245" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F245" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G245" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H245" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>8</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>259</v>
+        <v>317</v>
       </c>
       <c r="D246" t="s">
         <v>11</v>
       </c>
       <c r="E246" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F246" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G246" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H246" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>8</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>260</v>
+        <v>318</v>
       </c>
       <c r="D247" t="s">
-        <v>11</v>
+        <v>319</v>
       </c>
       <c r="E247" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F247" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G247" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H247" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>8</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>261</v>
+        <v>320</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
       <c r="E248" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F248" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G248" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H248" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>8</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>262</v>
+        <v>321</v>
       </c>
       <c r="D249" t="s">
-        <v>11</v>
+        <v>322</v>
       </c>
       <c r="E249" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F249" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G249" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H249" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>8</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>263</v>
+        <v>321</v>
       </c>
       <c r="D250" t="s">
         <v>11</v>
       </c>
       <c r="E250" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F250" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G250" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H250" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>8</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>264</v>
+        <v>323</v>
       </c>
       <c r="D251" t="s">
         <v>11</v>
       </c>
       <c r="E251" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F251" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G251" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H251" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>8</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>265</v>
+        <v>324</v>
       </c>
       <c r="D252" t="s">
-        <v>11</v>
+        <v>325</v>
       </c>
       <c r="E252" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F252" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G252" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H252" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>8</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>266</v>
+        <v>326</v>
       </c>
       <c r="D253" t="s">
         <v>11</v>
       </c>
       <c r="E253" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F253" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G253" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H253" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>8</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>267</v>
+        <v>327</v>
       </c>
       <c r="D254" t="s">
         <v>11</v>
       </c>
       <c r="E254" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F254" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G254" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H254" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>8</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>268</v>
+        <v>328</v>
       </c>
       <c r="D255" t="s">
         <v>11</v>
       </c>
       <c r="E255" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F255" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G255" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H255" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>8</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>269</v>
+        <v>328</v>
       </c>
       <c r="D256" t="s">
-        <v>11</v>
+        <v>329</v>
       </c>
       <c r="E256" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F256" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G256" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H256" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>8</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>270</v>
+        <v>330</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
       <c r="E257" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F257" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G257" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H257" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>8</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>271</v>
+        <v>331</v>
       </c>
       <c r="D258" t="s">
-        <v>11</v>
+        <v>332</v>
       </c>
       <c r="E258" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F258" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G258" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H258" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>8</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>272</v>
+        <v>333</v>
       </c>
       <c r="D259" t="s">
         <v>11</v>
       </c>
       <c r="E259" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F259" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G259" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H259" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>8</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>273</v>
+        <v>334</v>
       </c>
       <c r="D260" t="s">
-        <v>11</v>
+        <v>335</v>
       </c>
       <c r="E260" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F260" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G260" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H260" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>8</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>274</v>
+        <v>336</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F261" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G261" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H261" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>8</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>275</v>
+        <v>337</v>
       </c>
       <c r="D262" t="s">
-        <v>11</v>
+        <v>338</v>
       </c>
       <c r="E262" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F262" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G262" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H262" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>8</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>276</v>
+        <v>339</v>
       </c>
       <c r="D263" t="s">
         <v>11</v>
       </c>
       <c r="E263" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F263" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G263" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H263" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>8</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>277</v>
+        <v>340</v>
       </c>
       <c r="D264" t="s">
-        <v>11</v>
+        <v>341</v>
       </c>
       <c r="E264" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F264" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G264" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H264" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>8</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>278</v>
+        <v>342</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
       <c r="E265" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F265" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G265" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H265" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>8</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>279</v>
+        <v>343</v>
       </c>
       <c r="D266" t="s">
-        <v>11</v>
+        <v>344</v>
       </c>
       <c r="E266" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F266" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G266" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H266" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>8</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>280</v>
+        <v>345</v>
       </c>
       <c r="D267" t="s">
-        <v>11</v>
+        <v>346</v>
       </c>
       <c r="E267" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F267" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G267" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H267" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>8</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>281</v>
+        <v>345</v>
       </c>
       <c r="D268" t="s">
         <v>11</v>
       </c>
       <c r="E268" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F268" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G268" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H268" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>8</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>282</v>
+        <v>347</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F269" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G269" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H269" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>8</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>283</v>
+        <v>348</v>
       </c>
       <c r="D270" t="s">
-        <v>11</v>
+        <v>349</v>
       </c>
       <c r="E270" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F270" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G270" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H270" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>8</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>284</v>
+        <v>350</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F271" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G271" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H271" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>8</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>285</v>
+        <v>351</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F272" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G272" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H272" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>8</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>286</v>
+        <v>351</v>
       </c>
       <c r="D273" t="s">
-        <v>11</v>
+        <v>352</v>
       </c>
       <c r="E273" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F273" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G273" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H273" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>8</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>287</v>
+        <v>353</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
       <c r="E274" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F274" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G274" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H274" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>8</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>288</v>
+        <v>354</v>
       </c>
       <c r="D275" t="s">
-        <v>11</v>
+        <v>355</v>
       </c>
       <c r="E275" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F275" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G275" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H275" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>8</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>289</v>
+        <v>356</v>
       </c>
       <c r="D276" t="s">
         <v>11</v>
       </c>
       <c r="E276" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F276" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G276" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H276" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>8</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>290</v>
+        <v>357</v>
       </c>
       <c r="D277" t="s">
         <v>11</v>
       </c>
       <c r="E277" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F277" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G277" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H277" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>8</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>291</v>
+        <v>358</v>
       </c>
       <c r="D278" t="s">
-        <v>11</v>
+        <v>359</v>
       </c>
       <c r="E278" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F278" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G278" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H278" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>8</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>292</v>
+        <v>360</v>
       </c>
       <c r="D279" t="s">
         <v>11</v>
       </c>
       <c r="E279" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F279" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G279" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H279" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>8</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>293</v>
+        <v>361</v>
       </c>
       <c r="D280" t="s">
         <v>11</v>
       </c>
       <c r="E280" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F280" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G280" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H280" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>8</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>294</v>
+        <v>362</v>
       </c>
       <c r="D281" t="s">
-        <v>11</v>
+        <v>363</v>
       </c>
       <c r="E281" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F281" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G281" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H281" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>8</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>295</v>
+        <v>364</v>
       </c>
       <c r="D282" t="s">
         <v>11</v>
       </c>
       <c r="E282" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F282" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G282" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H282" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>8</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>296</v>
+        <v>365</v>
       </c>
       <c r="D283" t="s">
-        <v>11</v>
+        <v>366</v>
       </c>
       <c r="E283" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F283" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G283" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H283" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>8</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>297</v>
+        <v>367</v>
       </c>
       <c r="D284" t="s">
         <v>11</v>
       </c>
       <c r="E284" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F284" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G284" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H284" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>8</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>298</v>
+        <v>368</v>
       </c>
       <c r="D285" t="s">
         <v>11</v>
       </c>
       <c r="E285" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F285" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G285" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H285" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>8</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>299</v>
+        <v>369</v>
       </c>
       <c r="D286" t="s">
         <v>11</v>
       </c>
       <c r="E286" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F286" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G286" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H286" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>8</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>300</v>
+        <v>370</v>
       </c>
       <c r="D287" t="s">
-        <v>11</v>
+        <v>371</v>
       </c>
       <c r="E287" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F287" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G287" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H287" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>8</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>301</v>
+        <v>370</v>
       </c>
       <c r="D288" t="s">
         <v>11</v>
       </c>
       <c r="E288" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F288" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G288" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H288" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>8</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>302</v>
+        <v>372</v>
       </c>
       <c r="D289" t="s">
         <v>11</v>
       </c>
       <c r="E289" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F289" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G289" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H289" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>8</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>303</v>
+        <v>373</v>
       </c>
       <c r="D290" t="s">
-        <v>11</v>
+        <v>374</v>
       </c>
       <c r="E290" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F290" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G290" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H290" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>8</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>304</v>
+        <v>375</v>
       </c>
       <c r="D291" t="s">
         <v>11</v>
       </c>
       <c r="E291" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F291" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G291" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H291" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>8</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>305</v>
+        <v>376</v>
       </c>
       <c r="D292" t="s">
-        <v>11</v>
+        <v>377</v>
       </c>
       <c r="E292" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F292" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G292" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H292" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>8</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>306</v>
+        <v>378</v>
       </c>
       <c r="D293" t="s">
         <v>11</v>
       </c>
       <c r="E293" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F293" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G293" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H293" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>8</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>307</v>
+        <v>379</v>
       </c>
       <c r="D294" t="s">
-        <v>11</v>
+        <v>380</v>
       </c>
       <c r="E294" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F294" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G294" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H294" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>8</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>308</v>
+        <v>381</v>
       </c>
       <c r="D295" t="s">
         <v>11</v>
       </c>
       <c r="E295" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F295" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G295" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H295" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>8</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>309</v>
+        <v>382</v>
       </c>
       <c r="D296" t="s">
         <v>11</v>
       </c>
       <c r="E296" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F296" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G296" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H296" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>8</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>310</v>
+        <v>382</v>
       </c>
       <c r="D297" t="s">
-        <v>11</v>
+        <v>383</v>
       </c>
       <c r="E297" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F297" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G297" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H297" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>8</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>311</v>
+        <v>384</v>
       </c>
       <c r="D298" t="s">
         <v>11</v>
       </c>
       <c r="E298" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F298" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G298" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H298" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>8</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>312</v>
+        <v>385</v>
       </c>
       <c r="D299" t="s">
-        <v>11</v>
+        <v>386</v>
       </c>
       <c r="E299" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F299" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G299" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H299" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>8</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>313</v>
+        <v>387</v>
       </c>
       <c r="D300" t="s">
         <v>11</v>
       </c>
       <c r="E300" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F300" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G300" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H300" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>8</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>314</v>
+        <v>388</v>
       </c>
       <c r="D301" t="s">
         <v>11</v>
       </c>
       <c r="E301" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F301" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G301" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H301" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>8</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>315</v>
+        <v>388</v>
       </c>
       <c r="D302" t="s">
-        <v>11</v>
+        <v>389</v>
       </c>
       <c r="E302" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F302" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G302" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H302" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>8</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>316</v>
+        <v>390</v>
       </c>
       <c r="D303" t="s">
         <v>11</v>
       </c>
       <c r="E303" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F303" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G303" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H303" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>8</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>317</v>
+        <v>391</v>
       </c>
       <c r="D304" t="s">
-        <v>11</v>
+        <v>392</v>
       </c>
       <c r="E304" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F304" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G304" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H304" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>8</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>318</v>
+        <v>393</v>
       </c>
       <c r="D305" t="s">
         <v>11</v>
       </c>
       <c r="E305" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F305" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G305" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H305" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>8</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>319</v>
+        <v>394</v>
       </c>
       <c r="D306" t="s">
-        <v>11</v>
+        <v>395</v>
       </c>
       <c r="E306" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F306" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G306" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H306" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>8</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>320</v>
+        <v>394</v>
       </c>
       <c r="D307" t="s">
         <v>11</v>
       </c>
       <c r="E307" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F307" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G307" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H307" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>8</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>321</v>
+        <v>396</v>
       </c>
       <c r="D308" t="s">
         <v>11</v>
       </c>
       <c r="E308" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F308" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G308" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H308" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>8</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>322</v>
+        <v>397</v>
       </c>
       <c r="D309" t="s">
-        <v>11</v>
+        <v>398</v>
       </c>
       <c r="E309" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F309" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G309" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H309" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>8</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>323</v>
+        <v>399</v>
       </c>
       <c r="D310" t="s">
         <v>11</v>
       </c>
       <c r="E310" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F310" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G310" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H310" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>8</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>324</v>
+        <v>400</v>
       </c>
       <c r="D311" t="s">
-        <v>11</v>
+        <v>401</v>
       </c>
       <c r="E311" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F311" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G311" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H311" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>8</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>325</v>
+        <v>400</v>
       </c>
       <c r="D312" t="s">
         <v>11</v>
       </c>
       <c r="E312" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F312" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G312" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H312" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>8</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>326</v>
+        <v>402</v>
       </c>
       <c r="D313" t="s">
         <v>11</v>
       </c>
       <c r="E313" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F313" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G313" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H313" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>8</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>327</v>
+        <v>403</v>
       </c>
       <c r="D314" t="s">
-        <v>11</v>
+        <v>404</v>
       </c>
       <c r="E314" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F314" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G314" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H314" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>8</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>328</v>
+        <v>405</v>
       </c>
       <c r="D315" t="s">
         <v>11</v>
       </c>
       <c r="E315" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F315" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G315" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H315" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>8</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>329</v>
+        <v>405</v>
       </c>
       <c r="D316" t="s">
-        <v>11</v>
+        <v>406</v>
       </c>
       <c r="E316" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F316" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G316" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H316" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>8</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>330</v>
+        <v>407</v>
       </c>
       <c r="D317" t="s">
         <v>11</v>
       </c>
       <c r="E317" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F317" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G317" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H317" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>8</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>331</v>
+        <v>408</v>
       </c>
       <c r="D318" t="s">
-        <v>11</v>
+        <v>409</v>
       </c>
       <c r="E318" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F318" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G318" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H318" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>8</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>332</v>
+        <v>410</v>
       </c>
       <c r="D319" t="s">
         <v>11</v>
       </c>
       <c r="E319" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F319" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G319" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H319" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>8</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>333</v>
+        <v>411</v>
       </c>
       <c r="D320" t="s">
-        <v>11</v>
+        <v>412</v>
       </c>
       <c r="E320" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F320" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G320" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H320" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>8</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>334</v>
+        <v>411</v>
       </c>
       <c r="D321" t="s">
         <v>11</v>
       </c>
       <c r="E321" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F321" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G321" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H321" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>8</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>335</v>
+        <v>413</v>
       </c>
       <c r="D322" t="s">
         <v>11</v>
       </c>
       <c r="E322" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F322" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G322" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H322" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>8</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>336</v>
+        <v>414</v>
       </c>
       <c r="D323" t="s">
-        <v>11</v>
+        <v>415</v>
       </c>
       <c r="E323" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F323" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G323" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H323" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>8</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>337</v>
+        <v>416</v>
       </c>
       <c r="D324" t="s">
         <v>11</v>
       </c>
       <c r="E324" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F324" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G324" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H324" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>8</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>338</v>
+        <v>417</v>
       </c>
       <c r="D325" t="s">
-        <v>11</v>
+        <v>418</v>
       </c>
       <c r="E325" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F325" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G325" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H325" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>8</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>339</v>
+        <v>419</v>
       </c>
       <c r="D326" t="s">
         <v>11</v>
       </c>
       <c r="E326" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F326" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G326" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H326" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>8</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>340</v>
+        <v>420</v>
       </c>
       <c r="D327" t="s">
-        <v>11</v>
+        <v>421</v>
       </c>
       <c r="E327" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F327" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G327" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H327" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>8</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>341</v>
+        <v>422</v>
       </c>
       <c r="D328" t="s">
-        <v>11</v>
+        <v>423</v>
       </c>
       <c r="E328" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F328" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G328" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H328" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>8</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>342</v>
+        <v>422</v>
       </c>
       <c r="D329" t="s">
         <v>11</v>
       </c>
       <c r="E329" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F329" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G329" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H329" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>8</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>343</v>
+        <v>424</v>
       </c>
       <c r="D330" t="s">
         <v>11</v>
       </c>
       <c r="E330" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F330" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G330" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H330" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>8</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>344</v>
+        <v>425</v>
       </c>
       <c r="D331" t="s">
-        <v>11</v>
+        <v>426</v>
       </c>
       <c r="E331" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F331" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G331" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H331" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>8</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>345</v>
+        <v>427</v>
       </c>
       <c r="D332" t="s">
-        <v>11</v>
+        <v>428</v>
       </c>
       <c r="E332" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F332" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G332" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H332" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>8</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>346</v>
+        <v>427</v>
       </c>
       <c r="D333" t="s">
         <v>11</v>
       </c>
       <c r="E333" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F333" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G333" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H333" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>8</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>347</v>
+        <v>429</v>
       </c>
       <c r="D334" t="s">
         <v>11</v>
       </c>
       <c r="E334" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F334" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G334" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H334" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>8</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>348</v>
+        <v>430</v>
       </c>
       <c r="D335" t="s">
-        <v>11</v>
+        <v>431</v>
       </c>
       <c r="E335" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F335" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G335" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H335" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>8</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>349</v>
+        <v>432</v>
       </c>
       <c r="D336" t="s">
         <v>11</v>
       </c>
       <c r="E336" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F336" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G336" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H336" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>8</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>350</v>
+        <v>433</v>
       </c>
       <c r="D337" t="s">
         <v>11</v>
       </c>
       <c r="E337" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F337" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G337" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H337" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>8</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>351</v>
+        <v>433</v>
       </c>
       <c r="D338" t="s">
-        <v>11</v>
+        <v>434</v>
       </c>
       <c r="E338" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F338" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G338" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H338" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>8</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>352</v>
+        <v>435</v>
       </c>
       <c r="D339" t="s">
         <v>11</v>
       </c>
       <c r="E339" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F339" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G339" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H339" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>8</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>353</v>
+        <v>436</v>
       </c>
       <c r="D340" t="s">
-        <v>11</v>
+        <v>437</v>
       </c>
       <c r="E340" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F340" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G340" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H340" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>8</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>354</v>
+        <v>438</v>
       </c>
       <c r="D341" t="s">
         <v>11</v>
       </c>
       <c r="E341" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F341" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G341" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H341" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>8</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>355</v>
+        <v>439</v>
       </c>
       <c r="D342" t="s">
         <v>11</v>
       </c>
       <c r="E342" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F342" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G342" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H342" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>8</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>356</v>
+        <v>439</v>
       </c>
       <c r="D343" t="s">
-        <v>11</v>
+        <v>440</v>
       </c>
       <c r="E343" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F343" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G343" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H343" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>8</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>357</v>
+        <v>441</v>
       </c>
       <c r="D344" t="s">
         <v>11</v>
       </c>
       <c r="E344" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F344" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G344" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H344" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>8</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>358</v>
+        <v>442</v>
       </c>
       <c r="D345" t="s">
-        <v>11</v>
+        <v>443</v>
       </c>
       <c r="E345" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F345" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G345" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H345" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>8</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>359</v>
+        <v>444</v>
       </c>
       <c r="D346" t="s">
         <v>11</v>
       </c>
       <c r="E346" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F346" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G346" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H346" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>8</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>360</v>
+        <v>445</v>
       </c>
       <c r="D347" t="s">
-        <v>11</v>
+        <v>446</v>
       </c>
       <c r="E347" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F347" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G347" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H347" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>8</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>361</v>
+        <v>445</v>
       </c>
       <c r="D348" t="s">
         <v>11</v>
       </c>
       <c r="E348" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F348" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G348" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H348" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>8</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>362</v>
+        <v>447</v>
       </c>
       <c r="D349" t="s">
         <v>11</v>
       </c>
       <c r="E349" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F349" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G349" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H349" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>8</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>363</v>
+        <v>448</v>
       </c>
       <c r="D350" t="s">
-        <v>11</v>
+        <v>449</v>
       </c>
       <c r="E350" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F350" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G350" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H350" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>8</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>364</v>
+        <v>450</v>
       </c>
       <c r="D351" t="s">
         <v>11</v>
       </c>
       <c r="E351" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F351" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G351" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H351" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>8</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>365</v>
+        <v>451</v>
       </c>
       <c r="D352" t="s">
-        <v>11</v>
+        <v>452</v>
       </c>
       <c r="E352" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F352" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G352" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H352" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>8</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>366</v>
+        <v>453</v>
       </c>
       <c r="D353" t="s">
         <v>11</v>
       </c>
       <c r="E353" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F353" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G353" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H353" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>8</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>367</v>
+        <v>454</v>
       </c>
       <c r="D354" t="s">
-        <v>11</v>
+        <v>455</v>
       </c>
       <c r="E354" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F354" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G354" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H354" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>8</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>368</v>
+        <v>456</v>
       </c>
       <c r="D355" t="s">
         <v>11</v>
       </c>
       <c r="E355" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F355" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G355" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H355" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>8</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>369</v>
+        <v>457</v>
       </c>
       <c r="D356" t="s">
-        <v>11</v>
+        <v>458</v>
       </c>
       <c r="E356" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F356" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G356" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H356" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>8</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>370</v>
+        <v>457</v>
       </c>
       <c r="D357" t="s">
         <v>11</v>
       </c>
       <c r="E357" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F357" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G357" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H357" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>8</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>371</v>
+        <v>459</v>
       </c>
       <c r="D358" t="s">
         <v>11</v>
       </c>
       <c r="E358" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F358" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G358" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H358" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>8</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>372</v>
+        <v>460</v>
       </c>
       <c r="D359" t="s">
-        <v>11</v>
+        <v>461</v>
       </c>
       <c r="E359" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F359" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G359" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H359" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>8</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>373</v>
+        <v>462</v>
       </c>
       <c r="D360" t="s">
         <v>11</v>
       </c>
       <c r="E360" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F360" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G360" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H360" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>8</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>374</v>
+        <v>463</v>
       </c>
       <c r="D361" t="s">
-        <v>11</v>
+        <v>464</v>
       </c>
       <c r="E361" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F361" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G361" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H361" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>8</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>375</v>
+        <v>463</v>
       </c>
       <c r="D362" t="s">
         <v>11</v>
       </c>
       <c r="E362" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F362" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G362" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H362" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>8</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>376</v>
+        <v>465</v>
       </c>
       <c r="D363" t="s">
         <v>11</v>
       </c>
       <c r="E363" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F363" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G363" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H363" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>8</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>377</v>
+        <v>466</v>
       </c>
       <c r="D364" t="s">
-        <v>11</v>
+        <v>467</v>
       </c>
       <c r="E364" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F364" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G364" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H364" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>8</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>378</v>
+        <v>468</v>
       </c>
       <c r="D365" t="s">
         <v>11</v>
       </c>
       <c r="E365" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F365" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G365" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H365" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>8</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>379</v>
+        <v>468</v>
       </c>
       <c r="D366" t="s">
-        <v>11</v>
+        <v>469</v>
       </c>
       <c r="E366" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F366" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G366" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H366" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>8</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>380</v>
+        <v>470</v>
       </c>
       <c r="D367" t="s">
         <v>11</v>
       </c>
       <c r="E367" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F367" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G367" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H367" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>8</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>381</v>
+        <v>471</v>
       </c>
       <c r="D368" t="s">
-        <v>11</v>
+        <v>472</v>
       </c>
       <c r="E368" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F368" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G368" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H368" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>8</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>382</v>
+        <v>473</v>
       </c>
       <c r="D369" t="s">
         <v>11</v>
       </c>
       <c r="E369" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F369" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G369" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H369" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>8</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>383</v>
+        <v>474</v>
       </c>
       <c r="D370" t="s">
         <v>11</v>
       </c>
       <c r="E370" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F370" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G370" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H370" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>8</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>384</v>
+        <v>475</v>
       </c>
       <c r="D371" t="s">
         <v>11</v>
       </c>
       <c r="E371" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F371" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G371" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H371" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>8</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>385</v>
+        <v>475</v>
       </c>
       <c r="D372" t="s">
-        <v>11</v>
+        <v>476</v>
       </c>
       <c r="E372" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F372" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G372" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H372" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>8</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>386</v>
+        <v>477</v>
       </c>
       <c r="D373" t="s">
         <v>11</v>
       </c>
       <c r="E373" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F373" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G373" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H373" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>8</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>387</v>
+        <v>478</v>
       </c>
       <c r="D374" t="s">
         <v>11</v>
       </c>
       <c r="E374" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F374" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G374" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H374" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>8</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>388</v>
+        <v>479</v>
       </c>
       <c r="D375" t="s">
-        <v>11</v>
+        <v>480</v>
       </c>
       <c r="E375" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F375" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G375" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H375" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>8</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>389</v>
+        <v>481</v>
       </c>
       <c r="D376" t="s">
         <v>11</v>
       </c>
       <c r="E376" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F376" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G376" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H376" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>8</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>390</v>
+        <v>482</v>
       </c>
       <c r="D377" t="s">
         <v>11</v>
       </c>
       <c r="E377" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F377" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G377" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H377" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>8</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>391</v>
+        <v>482</v>
       </c>
       <c r="D378" t="s">
-        <v>11</v>
+        <v>483</v>
       </c>
       <c r="E378" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F378" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G378" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H378" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>8</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>392</v>
+        <v>484</v>
       </c>
       <c r="D379" t="s">
         <v>11</v>
       </c>
       <c r="E379" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F379" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G379" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H379" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>8</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>393</v>
+        <v>485</v>
       </c>
       <c r="D380" t="s">
-        <v>11</v>
+        <v>486</v>
       </c>
       <c r="E380" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F380" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G380" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H380" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>8</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>394</v>
+        <v>487</v>
       </c>
       <c r="D381" t="s">
         <v>11</v>
       </c>
       <c r="E381" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F381" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G381" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H381" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>8</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>395</v>
+        <v>488</v>
       </c>
       <c r="D382" t="s">
         <v>11</v>
       </c>
       <c r="E382" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F382" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G382" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H382" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>8</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>396</v>
+        <v>489</v>
       </c>
       <c r="D383" t="s">
-        <v>11</v>
+        <v>490</v>
       </c>
       <c r="E383" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F383" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G383" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H383" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>8</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>397</v>
+        <v>489</v>
       </c>
       <c r="D384" t="s">
         <v>11</v>
       </c>
       <c r="E384" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F384" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G384" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H384" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>8</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>398</v>
+        <v>491</v>
       </c>
       <c r="D385" t="s">
         <v>11</v>
       </c>
       <c r="E385" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F385" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G385" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H385" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>8</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>399</v>
+        <v>492</v>
       </c>
       <c r="D386" t="s">
         <v>11</v>
       </c>
       <c r="E386" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F386" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G386" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H386" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>8</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>400</v>
+        <v>493</v>
       </c>
       <c r="D387" t="s">
-        <v>11</v>
+        <v>494</v>
       </c>
       <c r="E387" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F387" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G387" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H387" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>8</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>401</v>
+        <v>495</v>
       </c>
       <c r="D388" t="s">
-        <v>11</v>
+        <v>496</v>
       </c>
       <c r="E388" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F388" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G388" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H388" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>8</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>402</v>
+        <v>495</v>
       </c>
       <c r="D389" t="s">
         <v>11</v>
       </c>
       <c r="E389" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F389" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G389" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H389" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>8</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>403</v>
+        <v>497</v>
       </c>
       <c r="D390" t="s">
         <v>11</v>
       </c>
       <c r="E390" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F390" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G390" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H390" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>8</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>404</v>
+        <v>498</v>
       </c>
       <c r="D391" t="s">
-        <v>11</v>
+        <v>499</v>
       </c>
       <c r="E391" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F391" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G391" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H391" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>8</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>405</v>
+        <v>500</v>
       </c>
       <c r="D392" t="s">
         <v>11</v>
       </c>
       <c r="E392" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F392" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G392" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H392" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>8</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>406</v>
+        <v>501</v>
       </c>
       <c r="D393" t="s">
         <v>11</v>
       </c>
       <c r="E393" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F393" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G393" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H393" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>8</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>407</v>
+        <v>501</v>
       </c>
       <c r="D394" t="s">
-        <v>11</v>
+        <v>502</v>
       </c>
       <c r="E394" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F394" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G394" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H394" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>8</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>408</v>
+        <v>503</v>
       </c>
       <c r="D395" t="s">
         <v>11</v>
       </c>
       <c r="E395" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F395" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G395" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H395" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>8</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>409</v>
+        <v>504</v>
       </c>
       <c r="D396" t="s">
-        <v>11</v>
+        <v>505</v>
       </c>
       <c r="E396" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F396" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G396" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H396" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>8</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>410</v>
+        <v>506</v>
       </c>
       <c r="D397" t="s">
         <v>11</v>
       </c>
       <c r="E397" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F397" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G397" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H397" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>8</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>411</v>
+        <v>507</v>
       </c>
       <c r="D398" t="s">
         <v>11</v>
       </c>
       <c r="E398" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F398" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G398" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H398" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>8</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>412</v>
+        <v>508</v>
       </c>
       <c r="D399" t="s">
-        <v>11</v>
+        <v>509</v>
       </c>
       <c r="E399" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F399" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G399" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H399" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>8</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>413</v>
+        <v>508</v>
       </c>
       <c r="D400" t="s">
         <v>11</v>
       </c>
       <c r="E400" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F400" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G400" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H400" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>8</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>414</v>
+        <v>510</v>
       </c>
       <c r="D401" t="s">
         <v>11</v>
       </c>
       <c r="E401" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F401" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G401" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H401" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>8</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>415</v>
+        <v>511</v>
       </c>
       <c r="D402" t="s">
         <v>11</v>
       </c>
       <c r="E402" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F402" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G402" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H402" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>8</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>416</v>
+        <v>512</v>
       </c>
       <c r="D403" t="s">
-        <v>11</v>
+        <v>513</v>
       </c>
       <c r="E403" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F403" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G403" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H403" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>8</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>417</v>
+        <v>514</v>
       </c>
       <c r="D404" t="s">
         <v>11</v>
       </c>
       <c r="E404" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F404" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G404" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H404" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>8</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>418</v>
+        <v>515</v>
       </c>
       <c r="D405" t="s">
         <v>11</v>
       </c>
       <c r="E405" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F405" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G405" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H405" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>8</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>419</v>
+        <v>515</v>
       </c>
       <c r="D406" t="s">
-        <v>11</v>
+        <v>516</v>
       </c>
       <c r="E406" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F406" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G406" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H406" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>8</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>420</v>
+        <v>517</v>
       </c>
       <c r="D407" t="s">
         <v>11</v>
       </c>
       <c r="E407" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F407" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G407" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H407" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>8</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>421</v>
+        <v>518</v>
       </c>
       <c r="D408" t="s">
-        <v>11</v>
+        <v>519</v>
       </c>
       <c r="E408" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F408" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G408" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H408" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>8</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>422</v>
+        <v>520</v>
       </c>
       <c r="D409" t="s">
         <v>11</v>
       </c>
       <c r="E409" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F409" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G409" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H409" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>8</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>423</v>
+        <v>521</v>
       </c>
       <c r="D410" t="s">
-        <v>11</v>
+        <v>522</v>
       </c>
       <c r="E410" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F410" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G410" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H410" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>8</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>424</v>
+        <v>521</v>
       </c>
       <c r="D411" t="s">
         <v>11</v>
       </c>
       <c r="E411" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F411" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G411" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H411" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>8</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>425</v>
+        <v>523</v>
       </c>
       <c r="D412" t="s">
         <v>11</v>
       </c>
       <c r="E412" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F412" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G412" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H412" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>8</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>426</v>
+        <v>524</v>
       </c>
       <c r="D413" t="s">
-        <v>11</v>
+        <v>525</v>
       </c>
       <c r="E413" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F413" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G413" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H413" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>8</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>427</v>
+        <v>526</v>
       </c>
       <c r="D414" t="s">
         <v>11</v>
       </c>
       <c r="E414" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F414" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G414" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H414" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>8</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>428</v>
+        <v>527</v>
       </c>
       <c r="D415" t="s">
-        <v>11</v>
+        <v>528</v>
       </c>
       <c r="E415" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F415" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G415" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H415" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>8</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>429</v>
+        <v>527</v>
       </c>
       <c r="D416" t="s">
         <v>11</v>
       </c>
       <c r="E416" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F416" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G416" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H416" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>8</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>430</v>
+        <v>529</v>
       </c>
       <c r="D417" t="s">
         <v>11</v>
       </c>
       <c r="E417" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F417" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G417" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H417" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>8</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>431</v>
+        <v>530</v>
       </c>
       <c r="D418" t="s">
-        <v>11</v>
+        <v>531</v>
       </c>
       <c r="E418" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F418" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G418" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H418" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>8</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>432</v>
+        <v>532</v>
       </c>
       <c r="D419" t="s">
         <v>11</v>
       </c>
       <c r="E419" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F419" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G419" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H419" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>8</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>433</v>
+        <v>533</v>
       </c>
       <c r="D420" t="s">
-        <v>11</v>
+        <v>534</v>
       </c>
       <c r="E420" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F420" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G420" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H420" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>8</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>434</v>
+        <v>533</v>
       </c>
       <c r="D421" t="s">
         <v>11</v>
       </c>
       <c r="E421" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F421" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G421" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H421" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>8</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>435</v>
+        <v>535</v>
       </c>
       <c r="D422" t="s">
         <v>11</v>
       </c>
       <c r="E422" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F422" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G422" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H422" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>8</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>436</v>
+        <v>536</v>
       </c>
       <c r="D423" t="s">
-        <v>11</v>
+        <v>537</v>
       </c>
       <c r="E423" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F423" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G423" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H423" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>8</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>437</v>
+        <v>538</v>
       </c>
       <c r="D424" t="s">
         <v>11</v>
       </c>
       <c r="E424" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F424" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G424" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H424" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>8</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>438</v>
+        <v>539</v>
       </c>
       <c r="D425" t="s">
         <v>11</v>
       </c>
       <c r="E425" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F425" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G425" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H425" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>8</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>439</v>
+        <v>539</v>
       </c>
       <c r="D426" t="s">
-        <v>11</v>
+        <v>540</v>
       </c>
       <c r="E426" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F426" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G426" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H426" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>8</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>440</v>
+        <v>541</v>
       </c>
       <c r="D427" t="s">
         <v>11</v>
       </c>
       <c r="E427" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F427" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G427" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H427" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>8</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>441</v>
+        <v>542</v>
       </c>
       <c r="D428" t="s">
-        <v>11</v>
+        <v>543</v>
       </c>
       <c r="E428" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F428" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G428" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H428" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>8</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>442</v>
+        <v>544</v>
       </c>
       <c r="D429" t="s">
         <v>11</v>
       </c>
       <c r="E429" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F429" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G429" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H429" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>8</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>443</v>
+        <v>545</v>
       </c>
       <c r="D430" t="s">
         <v>11</v>
       </c>
       <c r="E430" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F430" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G430" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H430" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>8</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>444</v>
+        <v>546</v>
       </c>
       <c r="D431" t="s">
-        <v>11</v>
+        <v>547</v>
       </c>
       <c r="E431" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F431" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G431" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H431" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>8</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>445</v>
+        <v>546</v>
       </c>
       <c r="D432" t="s">
         <v>11</v>
       </c>
       <c r="E432" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F432" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G432" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H432" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>8</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>446</v>
+        <v>548</v>
       </c>
       <c r="D433" t="s">
         <v>11</v>
       </c>
       <c r="E433" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F433" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G433" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H433" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>8</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>447</v>
+        <v>549</v>
       </c>
       <c r="D434" t="s">
         <v>11</v>
       </c>
       <c r="E434" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F434" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G434" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H434" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>8</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>448</v>
+        <v>550</v>
       </c>
       <c r="D435" t="s">
-        <v>11</v>
+        <v>551</v>
       </c>
       <c r="E435" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F435" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G435" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H435" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>8</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>449</v>
+        <v>552</v>
       </c>
       <c r="D436" t="s">
         <v>11</v>
       </c>
       <c r="E436" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F436" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G436" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H436" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>8</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>450</v>
+        <v>553</v>
       </c>
       <c r="D437" t="s">
-        <v>11</v>
+        <v>554</v>
       </c>
       <c r="E437" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F437" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G437" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H437" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>8</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>451</v>
+        <v>553</v>
       </c>
       <c r="D438" t="s">
         <v>11</v>
       </c>
       <c r="E438" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F438" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G438" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H438" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>8</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>452</v>
+        <v>555</v>
       </c>
       <c r="D439" t="s">
         <v>11</v>
       </c>
       <c r="E439" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F439" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G439" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H439" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>8</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>453</v>
+        <v>556</v>
       </c>
       <c r="D440" t="s">
-        <v>11</v>
+        <v>557</v>
       </c>
       <c r="E440" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F440" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G440" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H440" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>8</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>454</v>
+        <v>558</v>
       </c>
       <c r="D441" t="s">
         <v>11</v>
       </c>
       <c r="E441" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F441" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G441" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H441" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>8</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>455</v>
+        <v>559</v>
       </c>
       <c r="D442" t="s">
         <v>11</v>
       </c>
       <c r="E442" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F442" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G442" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H442" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>8</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>456</v>
+        <v>560</v>
       </c>
       <c r="D443" t="s">
         <v>11</v>
       </c>
       <c r="E443" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F443" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G443" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H443" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>8</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>457</v>
+        <v>560</v>
       </c>
       <c r="D444" t="s">
-        <v>11</v>
+        <v>561</v>
       </c>
       <c r="E444" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F444" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G444" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H444" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>8</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>458</v>
+        <v>562</v>
       </c>
       <c r="D445" t="s">
         <v>11</v>
       </c>
       <c r="E445" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F445" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G445" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H445" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>8</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>459</v>
+        <v>563</v>
       </c>
       <c r="D446" t="s">
         <v>11</v>
       </c>
       <c r="E446" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F446" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G446" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H446" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>8</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>460</v>
+        <v>564</v>
       </c>
       <c r="D447" t="s">
-        <v>11</v>
+        <v>565</v>
       </c>
       <c r="E447" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F447" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G447" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H447" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>8</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>461</v>
+        <v>566</v>
       </c>
       <c r="D448" t="s">
         <v>11</v>
       </c>
       <c r="E448" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F448" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G448" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H448" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>8</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>462</v>
+        <v>567</v>
       </c>
       <c r="D449" t="s">
         <v>11</v>
       </c>
       <c r="E449" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F449" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G449" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H449" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>8</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>463</v>
+        <v>568</v>
       </c>
       <c r="D450" t="s">
         <v>11</v>
       </c>
       <c r="E450" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F450" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G450" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H450" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>8</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>464</v>
+        <v>568</v>
       </c>
       <c r="D451" t="s">
-        <v>11</v>
+        <v>569</v>
       </c>
       <c r="E451" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F451" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G451" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H451" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>8</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>465</v>
+        <v>570</v>
       </c>
       <c r="D452" t="s">
         <v>11</v>
       </c>
       <c r="E452" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F452" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G452" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H452" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>8</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>466</v>
+        <v>571</v>
       </c>
       <c r="D453" t="s">
         <v>11</v>
       </c>
       <c r="E453" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F453" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G453" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H453" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>8</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>467</v>
+        <v>572</v>
       </c>
       <c r="D454" t="s">
-        <v>11</v>
+        <v>573</v>
       </c>
       <c r="E454" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F454" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G454" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H454" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>8</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>468</v>
+        <v>574</v>
       </c>
       <c r="D455" t="s">
         <v>11</v>
       </c>
       <c r="E455" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F455" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G455" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H455" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>8</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>469</v>
+        <v>575</v>
       </c>
       <c r="D456" t="s">
-        <v>11</v>
+        <v>576</v>
       </c>
       <c r="E456" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F456" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G456" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H456" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>8</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>470</v>
+        <v>577</v>
       </c>
       <c r="D457" t="s">
         <v>11</v>
       </c>
       <c r="E457" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F457" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G457" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H457" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>8</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>471</v>
+        <v>578</v>
       </c>
       <c r="D458" t="s">
-        <v>11</v>
+        <v>579</v>
       </c>
       <c r="E458" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F458" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G458" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H458" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>8</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>472</v>
+        <v>580</v>
       </c>
       <c r="D459" t="s">
         <v>11</v>
       </c>
       <c r="E459" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F459" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G459" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H459" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>8</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>473</v>
+        <v>581</v>
       </c>
       <c r="D460" t="s">
-        <v>11</v>
+        <v>582</v>
       </c>
       <c r="E460" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F460" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G460" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H460" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>8</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>474</v>
+        <v>581</v>
       </c>
       <c r="D461" t="s">
         <v>11</v>
       </c>
       <c r="E461" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F461" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G461" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H461" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>8</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>475</v>
+        <v>583</v>
       </c>
       <c r="D462" t="s">
         <v>11</v>
       </c>
       <c r="E462" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F462" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G462" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H462" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>8</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>476</v>
+        <v>584</v>
       </c>
       <c r="D463" t="s">
-        <v>11</v>
+        <v>585</v>
       </c>
       <c r="E463" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F463" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G463" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H463" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>8</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>477</v>
+        <v>586</v>
       </c>
       <c r="D464" t="s">
-        <v>11</v>
+        <v>587</v>
       </c>
       <c r="E464" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F464" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G464" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H464" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>8</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>478</v>
+        <v>586</v>
       </c>
       <c r="D465" t="s">
         <v>11</v>
       </c>
       <c r="E465" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F465" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G465" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H465" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>8</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>479</v>
+        <v>588</v>
       </c>
       <c r="D466" t="s">
         <v>11</v>
       </c>
       <c r="E466" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F466" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G466" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H466" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>8</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>480</v>
+        <v>589</v>
       </c>
       <c r="D467" t="s">
-        <v>11</v>
+        <v>590</v>
       </c>
       <c r="E467" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F467" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G467" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H467" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>8</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>481</v>
+        <v>591</v>
       </c>
       <c r="D468" t="s">
-        <v>11</v>
+        <v>592</v>
       </c>
       <c r="E468" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F468" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G468" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H468" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>8</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>482</v>
+        <v>591</v>
       </c>
       <c r="D469" t="s">
         <v>11</v>
       </c>
       <c r="E469" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F469" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G469" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H469" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>8</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>483</v>
+        <v>593</v>
       </c>
       <c r="D470" t="s">
         <v>11</v>
       </c>
       <c r="E470" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F470" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G470" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H470" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>8</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>484</v>
+        <v>594</v>
       </c>
       <c r="D471" t="s">
-        <v>11</v>
+        <v>595</v>
       </c>
       <c r="E471" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F471" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G471" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H471" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>8</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>485</v>
+        <v>596</v>
       </c>
       <c r="D472" t="s">
-        <v>11</v>
+        <v>597</v>
       </c>
       <c r="E472" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F472" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G472" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H472" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>8</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>486</v>
+        <v>596</v>
       </c>
       <c r="D473" t="s">
         <v>11</v>
       </c>
       <c r="E473" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F473" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G473" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H473" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>8</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>487</v>
+        <v>598</v>
       </c>
       <c r="D474" t="s">
         <v>11</v>
       </c>
       <c r="E474" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F474" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G474" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H474" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>8</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>488</v>
+        <v>599</v>
       </c>
       <c r="D475" t="s">
-        <v>11</v>
+        <v>600</v>
       </c>
       <c r="E475" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F475" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G475" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H475" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>8</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>489</v>
+        <v>601</v>
       </c>
       <c r="D476" t="s">
         <v>11</v>
       </c>
       <c r="E476" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F476" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G476" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H476" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>8</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>490</v>
+        <v>602</v>
       </c>
       <c r="D477" t="s">
-        <v>11</v>
+        <v>603</v>
       </c>
       <c r="E477" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F477" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G477" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H477" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>8</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>491</v>
+        <v>602</v>
       </c>
       <c r="D478" t="s">
         <v>11</v>
       </c>
       <c r="E478" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F478" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G478" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H478" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>8</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>492</v>
+        <v>604</v>
       </c>
       <c r="D479" t="s">
         <v>11</v>
       </c>
       <c r="E479" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F479" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G479" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H479" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>8</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>493</v>
+        <v>605</v>
       </c>
       <c r="D480" t="s">
-        <v>11</v>
+        <v>606</v>
       </c>
       <c r="E480" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F480" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G480" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H480" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>8</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>494</v>
+        <v>607</v>
       </c>
       <c r="D481" t="s">
         <v>11</v>
       </c>
       <c r="E481" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F481" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G481" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H481" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
         <v>8</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>495</v>
+        <v>607</v>
       </c>
       <c r="D482" t="s">
-        <v>11</v>
+        <v>608</v>
       </c>
       <c r="E482" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F482" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G482" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H482" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>8</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>496</v>
+        <v>609</v>
       </c>
       <c r="D483" t="s">
         <v>11</v>
       </c>
       <c r="E483" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F483" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G483" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H483" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>8</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>497</v>
+        <v>610</v>
       </c>
       <c r="D484" t="s">
-        <v>11</v>
+        <v>611</v>
       </c>
       <c r="E484" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F484" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G484" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H484" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>8</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>498</v>
+        <v>612</v>
       </c>
       <c r="D485" t="s">
         <v>11</v>
       </c>
       <c r="E485" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F485" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G485" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H485" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>8</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>499</v>
+        <v>613</v>
       </c>
       <c r="D486" t="s">
         <v>11</v>
       </c>
       <c r="E486" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F486" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G486" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H486" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>8</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>500</v>
+        <v>613</v>
       </c>
       <c r="D487" t="s">
-        <v>11</v>
+        <v>614</v>
       </c>
       <c r="E487" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F487" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G487" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H487" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>8</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>501</v>
+        <v>615</v>
       </c>
       <c r="D488" t="s">
         <v>11</v>
       </c>
       <c r="E488" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F488" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G488" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H488" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>8</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>502</v>
+        <v>616</v>
       </c>
       <c r="D489" t="s">
-        <v>11</v>
+        <v>617</v>
       </c>
       <c r="E489" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F489" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G489" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H489" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>8</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>503</v>
+        <v>618</v>
       </c>
       <c r="D490" t="s">
         <v>11</v>
       </c>
       <c r="E490" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F490" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G490" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H490" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
         <v>8</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>504</v>
+        <v>619</v>
       </c>
       <c r="D491" t="s">
-        <v>11</v>
+        <v>620</v>
       </c>
       <c r="E491" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F491" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G491" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H491" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
         <v>8</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>505</v>
+        <v>621</v>
       </c>
       <c r="D492" t="s">
         <v>11</v>
       </c>
       <c r="E492" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F492" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G492" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H492" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>8</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>506</v>
+        <v>622</v>
       </c>
       <c r="D493" t="s">
-        <v>11</v>
+        <v>623</v>
       </c>
       <c r="E493" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F493" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G493" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H493" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>8</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>507</v>
+        <v>624</v>
       </c>
       <c r="D494" t="s">
         <v>11</v>
       </c>
       <c r="E494" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F494" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G494" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H494" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>8</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>508</v>
+        <v>625</v>
       </c>
       <c r="D495" t="s">
-        <v>11</v>
+        <v>626</v>
       </c>
       <c r="E495" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F495" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G495" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H495" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>8</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>509</v>
+        <v>627</v>
       </c>
       <c r="D496" t="s">
         <v>11</v>
       </c>
       <c r="E496" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F496" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G496" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H496" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>8</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>510</v>
+        <v>628</v>
       </c>
       <c r="D497" t="s">
-        <v>11</v>
+        <v>629</v>
       </c>
       <c r="E497" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F497" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G497" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H497" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
         <v>8</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>511</v>
+        <v>630</v>
       </c>
       <c r="D498" t="s">
         <v>11</v>
       </c>
       <c r="E498" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F498" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G498" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H498" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>8</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>512</v>
+        <v>631</v>
       </c>
       <c r="D499" t="s">
         <v>11</v>
       </c>
       <c r="E499" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F499" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G499" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H499" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
         <v>8</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>513</v>
+        <v>631</v>
       </c>
       <c r="D500" t="s">
-        <v>11</v>
+        <v>632</v>
       </c>
       <c r="E500" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F500" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G500" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H500" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
         <v>8</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>514</v>
+        <v>633</v>
       </c>
       <c r="D501" t="s">
         <v>11</v>
       </c>
       <c r="E501" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F501" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G501" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H501" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>8</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>515</v>
+        <v>634</v>
       </c>
       <c r="D502" t="s">
-        <v>11</v>
+        <v>635</v>
       </c>
       <c r="E502" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F502" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G502" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H502" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>8</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>516</v>
+        <v>636</v>
       </c>
       <c r="D503" t="s">
         <v>11</v>
       </c>
       <c r="E503" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F503" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G503" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H503" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>8</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>517</v>
+        <v>637</v>
       </c>
       <c r="D504" t="s">
-        <v>11</v>
+        <v>638</v>
       </c>
       <c r="E504" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F504" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G504" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H504" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>8</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>518</v>
+        <v>639</v>
       </c>
       <c r="D505" t="s">
         <v>11</v>
       </c>
       <c r="E505" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F505" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G505" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H505" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>8</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>519</v>
+        <v>640</v>
       </c>
       <c r="D506" t="s">
-        <v>11</v>
+        <v>641</v>
       </c>
       <c r="E506" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F506" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G506" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H506" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>8</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>520</v>
+        <v>642</v>
       </c>
       <c r="D507" t="s">
         <v>11</v>
       </c>
       <c r="E507" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F507" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G507" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H507" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>8</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>521</v>
+        <v>642</v>
       </c>
       <c r="D508" t="s">
-        <v>11</v>
+        <v>643</v>
       </c>
       <c r="E508" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F508" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G508" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H508" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>8</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>522</v>
+        <v>644</v>
       </c>
       <c r="D509" t="s">
         <v>11</v>
       </c>
       <c r="E509" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F509" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G509" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H509" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>8</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>523</v>
+        <v>645</v>
       </c>
       <c r="D510" t="s">
-        <v>11</v>
+        <v>646</v>
       </c>
       <c r="E510" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F510" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G510" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H510" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
         <v>8</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>524</v>
+        <v>647</v>
       </c>
       <c r="D511" t="s">
         <v>11</v>
       </c>
       <c r="E511" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F511" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G511" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H511" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
         <v>8</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>525</v>
+        <v>648</v>
       </c>
       <c r="D512" t="s">
-        <v>11</v>
+        <v>649</v>
       </c>
       <c r="E512" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F512" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G512" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H512" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>8</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>526</v>
+        <v>650</v>
       </c>
       <c r="D513" t="s">
         <v>11</v>
       </c>
       <c r="E513" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F513" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G513" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H513" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
         <v>8</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>527</v>
+        <v>651</v>
       </c>
       <c r="D514" t="s">
-        <v>11</v>
+        <v>652</v>
       </c>
       <c r="E514" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F514" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G514" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H514" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>8</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>528</v>
+        <v>653</v>
       </c>
       <c r="D515" t="s">
         <v>11</v>
       </c>
       <c r="E515" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F515" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G515" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H515" t="s">
-        <v>15</v>
+        <v>14</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>8</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>654</v>
+      </c>
+      <c r="D516" t="s">
+        <v>11</v>
+      </c>
+      <c r="E516" t="s">
+        <v>11</v>
+      </c>
+      <c r="F516" t="s">
+        <v>12</v>
+      </c>
+      <c r="G516" t="s">
+        <v>13</v>
+      </c>
+      <c r="H516" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>8</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>654</v>
+      </c>
+      <c r="D517" t="s">
+        <v>655</v>
+      </c>
+      <c r="E517" t="s">
+        <v>11</v>
+      </c>
+      <c r="F517" t="s">
+        <v>12</v>
+      </c>
+      <c r="G517" t="s">
+        <v>13</v>
+      </c>
+      <c r="H517" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>8</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>656</v>
+      </c>
+      <c r="D518" t="s">
+        <v>11</v>
+      </c>
+      <c r="E518" t="s">
+        <v>11</v>
+      </c>
+      <c r="F518" t="s">
+        <v>12</v>
+      </c>
+      <c r="G518" t="s">
+        <v>13</v>
+      </c>
+      <c r="H518" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>8</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>657</v>
+      </c>
+      <c r="D519" t="s">
+        <v>658</v>
+      </c>
+      <c r="E519" t="s">
+        <v>11</v>
+      </c>
+      <c r="F519" t="s">
+        <v>12</v>
+      </c>
+      <c r="G519" t="s">
+        <v>13</v>
+      </c>
+      <c r="H519" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>8</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>659</v>
+      </c>
+      <c r="D520" t="s">
+        <v>11</v>
+      </c>
+      <c r="E520" t="s">
+        <v>11</v>
+      </c>
+      <c r="F520" t="s">
+        <v>12</v>
+      </c>
+      <c r="G520" t="s">
+        <v>13</v>
+      </c>
+      <c r="H520" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>8</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>660</v>
+      </c>
+      <c r="D521" t="s">
+        <v>661</v>
+      </c>
+      <c r="E521" t="s">
+        <v>11</v>
+      </c>
+      <c r="F521" t="s">
+        <v>12</v>
+      </c>
+      <c r="G521" t="s">
+        <v>13</v>
+      </c>
+      <c r="H521" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>8</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>662</v>
+      </c>
+      <c r="D522" t="s">
+        <v>11</v>
+      </c>
+      <c r="E522" t="s">
+        <v>11</v>
+      </c>
+      <c r="F522" t="s">
+        <v>12</v>
+      </c>
+      <c r="G522" t="s">
+        <v>13</v>
+      </c>
+      <c r="H522" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>8</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>663</v>
+      </c>
+      <c r="D523" t="s">
+        <v>664</v>
+      </c>
+      <c r="E523" t="s">
+        <v>11</v>
+      </c>
+      <c r="F523" t="s">
+        <v>12</v>
+      </c>
+      <c r="G523" t="s">
+        <v>13</v>
+      </c>
+      <c r="H523" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>8</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>665</v>
+      </c>
+      <c r="D524" t="s">
+        <v>11</v>
+      </c>
+      <c r="E524" t="s">
+        <v>11</v>
+      </c>
+      <c r="F524" t="s">
+        <v>12</v>
+      </c>
+      <c r="G524" t="s">
+        <v>13</v>
+      </c>
+      <c r="H524" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>8</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>666</v>
+      </c>
+      <c r="D525" t="s">
+        <v>667</v>
+      </c>
+      <c r="E525" t="s">
+        <v>11</v>
+      </c>
+      <c r="F525" t="s">
+        <v>12</v>
+      </c>
+      <c r="G525" t="s">
+        <v>13</v>
+      </c>
+      <c r="H525" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>8</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>668</v>
+      </c>
+      <c r="D526" t="s">
+        <v>11</v>
+      </c>
+      <c r="E526" t="s">
+        <v>11</v>
+      </c>
+      <c r="F526" t="s">
+        <v>12</v>
+      </c>
+      <c r="G526" t="s">
+        <v>13</v>
+      </c>
+      <c r="H526" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>8</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>669</v>
+      </c>
+      <c r="D527" t="s">
+        <v>670</v>
+      </c>
+      <c r="E527" t="s">
+        <v>11</v>
+      </c>
+      <c r="F527" t="s">
+        <v>12</v>
+      </c>
+      <c r="G527" t="s">
+        <v>13</v>
+      </c>
+      <c r="H527" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>8</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>671</v>
+      </c>
+      <c r="D528" t="s">
+        <v>11</v>
+      </c>
+      <c r="E528" t="s">
+        <v>11</v>
+      </c>
+      <c r="F528" t="s">
+        <v>12</v>
+      </c>
+      <c r="G528" t="s">
+        <v>13</v>
+      </c>
+      <c r="H528" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>8</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>671</v>
+      </c>
+      <c r="D529" t="s">
+        <v>672</v>
+      </c>
+      <c r="E529" t="s">
+        <v>11</v>
+      </c>
+      <c r="F529" t="s">
+        <v>12</v>
+      </c>
+      <c r="G529" t="s">
+        <v>13</v>
+      </c>
+      <c r="H529" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>8</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>673</v>
+      </c>
+      <c r="D530" t="s">
+        <v>11</v>
+      </c>
+      <c r="E530" t="s">
+        <v>11</v>
+      </c>
+      <c r="F530" t="s">
+        <v>12</v>
+      </c>
+      <c r="G530" t="s">
+        <v>13</v>
+      </c>
+      <c r="H530" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>8</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>674</v>
+      </c>
+      <c r="D531" t="s">
+        <v>675</v>
+      </c>
+      <c r="E531" t="s">
+        <v>11</v>
+      </c>
+      <c r="F531" t="s">
+        <v>12</v>
+      </c>
+      <c r="G531" t="s">
+        <v>13</v>
+      </c>
+      <c r="H531" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>8</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>676</v>
+      </c>
+      <c r="D532" t="s">
+        <v>11</v>
+      </c>
+      <c r="E532" t="s">
+        <v>11</v>
+      </c>
+      <c r="F532" t="s">
+        <v>12</v>
+      </c>
+      <c r="G532" t="s">
+        <v>13</v>
+      </c>
+      <c r="H532" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>8</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>676</v>
+      </c>
+      <c r="D533" t="s">
+        <v>677</v>
+      </c>
+      <c r="E533" t="s">
+        <v>11</v>
+      </c>
+      <c r="F533" t="s">
+        <v>12</v>
+      </c>
+      <c r="G533" t="s">
+        <v>13</v>
+      </c>
+      <c r="H533" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>8</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>678</v>
+      </c>
+      <c r="D534" t="s">
+        <v>11</v>
+      </c>
+      <c r="E534" t="s">
+        <v>11</v>
+      </c>
+      <c r="F534" t="s">
+        <v>12</v>
+      </c>
+      <c r="G534" t="s">
+        <v>13</v>
+      </c>
+      <c r="H534" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>8</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>679</v>
+      </c>
+      <c r="D535" t="s">
+        <v>680</v>
+      </c>
+      <c r="E535" t="s">
+        <v>11</v>
+      </c>
+      <c r="F535" t="s">
+        <v>12</v>
+      </c>
+      <c r="G535" t="s">
+        <v>13</v>
+      </c>
+      <c r="H535" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>8</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>681</v>
+      </c>
+      <c r="D536" t="s">
+        <v>11</v>
+      </c>
+      <c r="E536" t="s">
+        <v>11</v>
+      </c>
+      <c r="F536" t="s">
+        <v>12</v>
+      </c>
+      <c r="G536" t="s">
+        <v>13</v>
+      </c>
+      <c r="H536" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>8</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>682</v>
+      </c>
+      <c r="D537" t="s">
+        <v>683</v>
+      </c>
+      <c r="E537" t="s">
+        <v>11</v>
+      </c>
+      <c r="F537" t="s">
+        <v>12</v>
+      </c>
+      <c r="G537" t="s">
+        <v>13</v>
+      </c>
+      <c r="H537" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>8</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>682</v>
+      </c>
+      <c r="D538" t="s">
+        <v>11</v>
+      </c>
+      <c r="E538" t="s">
+        <v>11</v>
+      </c>
+      <c r="F538" t="s">
+        <v>12</v>
+      </c>
+      <c r="G538" t="s">
+        <v>13</v>
+      </c>
+      <c r="H538" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>8</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>684</v>
+      </c>
+      <c r="D539" t="s">
+        <v>11</v>
+      </c>
+      <c r="E539" t="s">
+        <v>11</v>
+      </c>
+      <c r="F539" t="s">
+        <v>12</v>
+      </c>
+      <c r="G539" t="s">
+        <v>13</v>
+      </c>
+      <c r="H539" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>8</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>685</v>
+      </c>
+      <c r="D540" t="s">
+        <v>686</v>
+      </c>
+      <c r="E540" t="s">
+        <v>11</v>
+      </c>
+      <c r="F540" t="s">
+        <v>12</v>
+      </c>
+      <c r="G540" t="s">
+        <v>13</v>
+      </c>
+      <c r="H540" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>8</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>687</v>
+      </c>
+      <c r="D541" t="s">
+        <v>11</v>
+      </c>
+      <c r="E541" t="s">
+        <v>11</v>
+      </c>
+      <c r="F541" t="s">
+        <v>12</v>
+      </c>
+      <c r="G541" t="s">
+        <v>13</v>
+      </c>
+      <c r="H541" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>8</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>688</v>
+      </c>
+      <c r="D542" t="s">
+        <v>11</v>
+      </c>
+      <c r="E542" t="s">
+        <v>11</v>
+      </c>
+      <c r="F542" t="s">
+        <v>12</v>
+      </c>
+      <c r="G542" t="s">
+        <v>13</v>
+      </c>
+      <c r="H542" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>8</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>688</v>
+      </c>
+      <c r="D543" t="s">
+        <v>689</v>
+      </c>
+      <c r="E543" t="s">
+        <v>11</v>
+      </c>
+      <c r="F543" t="s">
+        <v>12</v>
+      </c>
+      <c r="G543" t="s">
+        <v>13</v>
+      </c>
+      <c r="H543" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>8</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
+        <v>690</v>
+      </c>
+      <c r="D544" t="s">
+        <v>11</v>
+      </c>
+      <c r="E544" t="s">
+        <v>11</v>
+      </c>
+      <c r="F544" t="s">
+        <v>12</v>
+      </c>
+      <c r="G544" t="s">
+        <v>13</v>
+      </c>
+      <c r="H544" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
+        <v>8</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>691</v>
+      </c>
+      <c r="D545" t="s">
+        <v>692</v>
+      </c>
+      <c r="E545" t="s">
+        <v>11</v>
+      </c>
+      <c r="F545" t="s">
+        <v>12</v>
+      </c>
+      <c r="G545" t="s">
+        <v>13</v>
+      </c>
+      <c r="H545" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546" t="s">
+        <v>8</v>
+      </c>
+      <c r="B546" t="s">
+        <v>9</v>
+      </c>
+      <c r="C546" t="s">
+        <v>693</v>
+      </c>
+      <c r="D546" t="s">
+        <v>11</v>
+      </c>
+      <c r="E546" t="s">
+        <v>11</v>
+      </c>
+      <c r="F546" t="s">
+        <v>12</v>
+      </c>
+      <c r="G546" t="s">
+        <v>13</v>
+      </c>
+      <c r="H546" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547" t="s">
+        <v>8</v>
+      </c>
+      <c r="B547" t="s">
+        <v>9</v>
+      </c>
+      <c r="C547" t="s">
+        <v>694</v>
+      </c>
+      <c r="D547" t="s">
+        <v>11</v>
+      </c>
+      <c r="E547" t="s">
+        <v>11</v>
+      </c>
+      <c r="F547" t="s">
+        <v>12</v>
+      </c>
+      <c r="G547" t="s">
+        <v>13</v>
+      </c>
+      <c r="H547" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548" t="s">
+        <v>8</v>
+      </c>
+      <c r="B548" t="s">
+        <v>9</v>
+      </c>
+      <c r="C548" t="s">
+        <v>694</v>
+      </c>
+      <c r="D548" t="s">
+        <v>695</v>
+      </c>
+      <c r="E548" t="s">
+        <v>11</v>
+      </c>
+      <c r="F548" t="s">
+        <v>12</v>
+      </c>
+      <c r="G548" t="s">
+        <v>13</v>
+      </c>
+      <c r="H548" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549" t="s">
+        <v>8</v>
+      </c>
+      <c r="B549" t="s">
+        <v>9</v>
+      </c>
+      <c r="C549" t="s">
+        <v>696</v>
+      </c>
+      <c r="D549" t="s">
+        <v>11</v>
+      </c>
+      <c r="E549" t="s">
+        <v>11</v>
+      </c>
+      <c r="F549" t="s">
+        <v>12</v>
+      </c>
+      <c r="G549" t="s">
+        <v>13</v>
+      </c>
+      <c r="H549" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" t="s">
+        <v>8</v>
+      </c>
+      <c r="B550" t="s">
+        <v>9</v>
+      </c>
+      <c r="C550" t="s">
+        <v>697</v>
+      </c>
+      <c r="D550" t="s">
+        <v>11</v>
+      </c>
+      <c r="E550" t="s">
+        <v>11</v>
+      </c>
+      <c r="F550" t="s">
+        <v>12</v>
+      </c>
+      <c r="G550" t="s">
+        <v>13</v>
+      </c>
+      <c r="H550" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" t="s">
+        <v>8</v>
+      </c>
+      <c r="B551" t="s">
+        <v>9</v>
+      </c>
+      <c r="C551" t="s">
+        <v>698</v>
+      </c>
+      <c r="D551" t="s">
+        <v>11</v>
+      </c>
+      <c r="E551" t="s">
+        <v>11</v>
+      </c>
+      <c r="F551" t="s">
+        <v>12</v>
+      </c>
+      <c r="G551" t="s">
+        <v>13</v>
+      </c>
+      <c r="H551" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" t="s">
+        <v>8</v>
+      </c>
+      <c r="B552" t="s">
+        <v>9</v>
+      </c>
+      <c r="C552" t="s">
+        <v>699</v>
+      </c>
+      <c r="D552" t="s">
+        <v>700</v>
+      </c>
+      <c r="E552" t="s">
+        <v>11</v>
+      </c>
+      <c r="F552" t="s">
+        <v>12</v>
+      </c>
+      <c r="G552" t="s">
+        <v>13</v>
+      </c>
+      <c r="H552" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" t="s">
+        <v>8</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>701</v>
+      </c>
+      <c r="D553" t="s">
+        <v>11</v>
+      </c>
+      <c r="E553" t="s">
+        <v>11</v>
+      </c>
+      <c r="F553" t="s">
+        <v>12</v>
+      </c>
+      <c r="G553" t="s">
+        <v>13</v>
+      </c>
+      <c r="H553" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" t="s">
+        <v>8</v>
+      </c>
+      <c r="B554" t="s">
+        <v>9</v>
+      </c>
+      <c r="C554" t="s">
+        <v>702</v>
+      </c>
+      <c r="D554" t="s">
+        <v>703</v>
+      </c>
+      <c r="E554" t="s">
+        <v>11</v>
+      </c>
+      <c r="F554" t="s">
+        <v>12</v>
+      </c>
+      <c r="G554" t="s">
+        <v>13</v>
+      </c>
+      <c r="H554" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" t="s">
+        <v>8</v>
+      </c>
+      <c r="B555" t="s">
+        <v>9</v>
+      </c>
+      <c r="C555" t="s">
+        <v>702</v>
+      </c>
+      <c r="D555" t="s">
+        <v>11</v>
+      </c>
+      <c r="E555" t="s">
+        <v>11</v>
+      </c>
+      <c r="F555" t="s">
+        <v>12</v>
+      </c>
+      <c r="G555" t="s">
+        <v>13</v>
+      </c>
+      <c r="H555" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" t="s">
+        <v>8</v>
+      </c>
+      <c r="B556" t="s">
+        <v>9</v>
+      </c>
+      <c r="C556" t="s">
+        <v>704</v>
+      </c>
+      <c r="D556" t="s">
+        <v>11</v>
+      </c>
+      <c r="E556" t="s">
+        <v>11</v>
+      </c>
+      <c r="F556" t="s">
+        <v>12</v>
+      </c>
+      <c r="G556" t="s">
+        <v>13</v>
+      </c>
+      <c r="H556" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" t="s">
+        <v>8</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>705</v>
+      </c>
+      <c r="D557" t="s">
+        <v>706</v>
+      </c>
+      <c r="E557" t="s">
+        <v>11</v>
+      </c>
+      <c r="F557" t="s">
+        <v>12</v>
+      </c>
+      <c r="G557" t="s">
+        <v>13</v>
+      </c>
+      <c r="H557" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" t="s">
+        <v>8</v>
+      </c>
+      <c r="B558" t="s">
+        <v>9</v>
+      </c>
+      <c r="C558" t="s">
+        <v>707</v>
+      </c>
+      <c r="D558" t="s">
+        <v>11</v>
+      </c>
+      <c r="E558" t="s">
+        <v>11</v>
+      </c>
+      <c r="F558" t="s">
+        <v>12</v>
+      </c>
+      <c r="G558" t="s">
+        <v>13</v>
+      </c>
+      <c r="H558" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" t="s">
+        <v>8</v>
+      </c>
+      <c r="B559" t="s">
+        <v>9</v>
+      </c>
+      <c r="C559" t="s">
+        <v>708</v>
+      </c>
+      <c r="D559" t="s">
+        <v>709</v>
+      </c>
+      <c r="E559" t="s">
+        <v>11</v>
+      </c>
+      <c r="F559" t="s">
+        <v>12</v>
+      </c>
+      <c r="G559" t="s">
+        <v>13</v>
+      </c>
+      <c r="H559" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" t="s">
+        <v>8</v>
+      </c>
+      <c r="B560" t="s">
+        <v>9</v>
+      </c>
+      <c r="C560" t="s">
+        <v>708</v>
+      </c>
+      <c r="D560" t="s">
+        <v>11</v>
+      </c>
+      <c r="E560" t="s">
+        <v>11</v>
+      </c>
+      <c r="F560" t="s">
+        <v>12</v>
+      </c>
+      <c r="G560" t="s">
+        <v>13</v>
+      </c>
+      <c r="H560" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" t="s">
+        <v>8</v>
+      </c>
+      <c r="B561" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" t="s">
+        <v>710</v>
+      </c>
+      <c r="D561" t="s">
+        <v>11</v>
+      </c>
+      <c r="E561" t="s">
+        <v>11</v>
+      </c>
+      <c r="F561" t="s">
+        <v>12</v>
+      </c>
+      <c r="G561" t="s">
+        <v>13</v>
+      </c>
+      <c r="H561" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" t="s">
+        <v>8</v>
+      </c>
+      <c r="B562" t="s">
+        <v>9</v>
+      </c>
+      <c r="C562" t="s">
+        <v>711</v>
+      </c>
+      <c r="D562" t="s">
+        <v>712</v>
+      </c>
+      <c r="E562" t="s">
+        <v>11</v>
+      </c>
+      <c r="F562" t="s">
+        <v>12</v>
+      </c>
+      <c r="G562" t="s">
+        <v>13</v>
+      </c>
+      <c r="H562" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" t="s">
+        <v>8</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>713</v>
+      </c>
+      <c r="D563" t="s">
+        <v>11</v>
+      </c>
+      <c r="E563" t="s">
+        <v>11</v>
+      </c>
+      <c r="F563" t="s">
+        <v>12</v>
+      </c>
+      <c r="G563" t="s">
+        <v>13</v>
+      </c>
+      <c r="H563" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" t="s">
+        <v>8</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>714</v>
+      </c>
+      <c r="D564" t="s">
+        <v>11</v>
+      </c>
+      <c r="E564" t="s">
+        <v>11</v>
+      </c>
+      <c r="F564" t="s">
+        <v>12</v>
+      </c>
+      <c r="G564" t="s">
+        <v>13</v>
+      </c>
+      <c r="H564" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" t="s">
+        <v>8</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
+        <v>714</v>
+      </c>
+      <c r="D565" t="s">
+        <v>715</v>
+      </c>
+      <c r="E565" t="s">
+        <v>11</v>
+      </c>
+      <c r="F565" t="s">
+        <v>12</v>
+      </c>
+      <c r="G565" t="s">
+        <v>13</v>
+      </c>
+      <c r="H565" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" t="s">
+        <v>8</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
+        <v>716</v>
+      </c>
+      <c r="D566" t="s">
+        <v>11</v>
+      </c>
+      <c r="E566" t="s">
+        <v>11</v>
+      </c>
+      <c r="F566" t="s">
+        <v>12</v>
+      </c>
+      <c r="G566" t="s">
+        <v>13</v>
+      </c>
+      <c r="H566" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" t="s">
+        <v>8</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
+        <v>717</v>
+      </c>
+      <c r="D567" t="s">
+        <v>718</v>
+      </c>
+      <c r="E567" t="s">
+        <v>11</v>
+      </c>
+      <c r="F567" t="s">
+        <v>12</v>
+      </c>
+      <c r="G567" t="s">
+        <v>13</v>
+      </c>
+      <c r="H567" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" t="s">
+        <v>8</v>
+      </c>
+      <c r="B568" t="s">
+        <v>9</v>
+      </c>
+      <c r="C568" t="s">
+        <v>719</v>
+      </c>
+      <c r="D568" t="s">
+        <v>11</v>
+      </c>
+      <c r="E568" t="s">
+        <v>11</v>
+      </c>
+      <c r="F568" t="s">
+        <v>12</v>
+      </c>
+      <c r="G568" t="s">
+        <v>13</v>
+      </c>
+      <c r="H568" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" t="s">
+        <v>8</v>
+      </c>
+      <c r="B569" t="s">
+        <v>9</v>
+      </c>
+      <c r="C569" t="s">
+        <v>720</v>
+      </c>
+      <c r="D569" t="s">
+        <v>11</v>
+      </c>
+      <c r="E569" t="s">
+        <v>11</v>
+      </c>
+      <c r="F569" t="s">
+        <v>12</v>
+      </c>
+      <c r="G569" t="s">
+        <v>13</v>
+      </c>
+      <c r="H569" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" t="s">
+        <v>8</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
+        <v>721</v>
+      </c>
+      <c r="D570" t="s">
+        <v>11</v>
+      </c>
+      <c r="E570" t="s">
+        <v>11</v>
+      </c>
+      <c r="F570" t="s">
+        <v>12</v>
+      </c>
+      <c r="G570" t="s">
+        <v>13</v>
+      </c>
+      <c r="H570" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" t="s">
+        <v>8</v>
+      </c>
+      <c r="B571" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" t="s">
+        <v>721</v>
+      </c>
+      <c r="D571" t="s">
+        <v>722</v>
+      </c>
+      <c r="E571" t="s">
+        <v>11</v>
+      </c>
+      <c r="F571" t="s">
+        <v>12</v>
+      </c>
+      <c r="G571" t="s">
+        <v>13</v>
+      </c>
+      <c r="H571" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>8</v>
+      </c>
+      <c r="B572" t="s">
+        <v>9</v>
+      </c>
+      <c r="C572" t="s">
+        <v>723</v>
+      </c>
+      <c r="D572" t="s">
+        <v>11</v>
+      </c>
+      <c r="E572" t="s">
+        <v>11</v>
+      </c>
+      <c r="F572" t="s">
+        <v>12</v>
+      </c>
+      <c r="G572" t="s">
+        <v>13</v>
+      </c>
+      <c r="H572" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>8</v>
+      </c>
+      <c r="B573" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" t="s">
+        <v>724</v>
+      </c>
+      <c r="D573" t="s">
+        <v>11</v>
+      </c>
+      <c r="E573" t="s">
+        <v>11</v>
+      </c>
+      <c r="F573" t="s">
+        <v>12</v>
+      </c>
+      <c r="G573" t="s">
+        <v>13</v>
+      </c>
+      <c r="H573" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
+        <v>8</v>
+      </c>
+      <c r="B574" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" t="s">
+        <v>725</v>
+      </c>
+      <c r="D574" t="s">
+        <v>726</v>
+      </c>
+      <c r="E574" t="s">
+        <v>11</v>
+      </c>
+      <c r="F574" t="s">
+        <v>12</v>
+      </c>
+      <c r="G574" t="s">
+        <v>13</v>
+      </c>
+      <c r="H574" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>8</v>
+      </c>
+      <c r="B575" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" t="s">
+        <v>727</v>
+      </c>
+      <c r="D575" t="s">
+        <v>728</v>
+      </c>
+      <c r="E575" t="s">
+        <v>11</v>
+      </c>
+      <c r="F575" t="s">
+        <v>12</v>
+      </c>
+      <c r="G575" t="s">
+        <v>13</v>
+      </c>
+      <c r="H575" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>8</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
+        <v>727</v>
+      </c>
+      <c r="D576" t="s">
+        <v>11</v>
+      </c>
+      <c r="E576" t="s">
+        <v>11</v>
+      </c>
+      <c r="F576" t="s">
+        <v>12</v>
+      </c>
+      <c r="G576" t="s">
+        <v>13</v>
+      </c>
+      <c r="H576" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>8</v>
+      </c>
+      <c r="B577" t="s">
+        <v>9</v>
+      </c>
+      <c r="C577" t="s">
+        <v>729</v>
+      </c>
+      <c r="D577" t="s">
+        <v>11</v>
+      </c>
+      <c r="E577" t="s">
+        <v>11</v>
+      </c>
+      <c r="F577" t="s">
+        <v>12</v>
+      </c>
+      <c r="G577" t="s">
+        <v>13</v>
+      </c>
+      <c r="H577" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>8</v>
+      </c>
+      <c r="B578" t="s">
+        <v>9</v>
+      </c>
+      <c r="C578" t="s">
+        <v>730</v>
+      </c>
+      <c r="D578" t="s">
+        <v>731</v>
+      </c>
+      <c r="E578" t="s">
+        <v>11</v>
+      </c>
+      <c r="F578" t="s">
+        <v>12</v>
+      </c>
+      <c r="G578" t="s">
+        <v>13</v>
+      </c>
+      <c r="H578" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>8</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>732</v>
+      </c>
+      <c r="D579" t="s">
+        <v>11</v>
+      </c>
+      <c r="E579" t="s">
+        <v>11</v>
+      </c>
+      <c r="F579" t="s">
+        <v>12</v>
+      </c>
+      <c r="G579" t="s">
+        <v>13</v>
+      </c>
+      <c r="H579" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>8</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
+        <v>733</v>
+      </c>
+      <c r="D580" t="s">
+        <v>11</v>
+      </c>
+      <c r="E580" t="s">
+        <v>11</v>
+      </c>
+      <c r="F580" t="s">
+        <v>12</v>
+      </c>
+      <c r="G580" t="s">
+        <v>13</v>
+      </c>
+      <c r="H580" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" t="s">
+        <v>8</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
+        <v>733</v>
+      </c>
+      <c r="D581" t="s">
+        <v>734</v>
+      </c>
+      <c r="E581" t="s">
+        <v>11</v>
+      </c>
+      <c r="F581" t="s">
+        <v>12</v>
+      </c>
+      <c r="G581" t="s">
+        <v>13</v>
+      </c>
+      <c r="H581" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" t="s">
+        <v>8</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>735</v>
+      </c>
+      <c r="D582" t="s">
+        <v>11</v>
+      </c>
+      <c r="E582" t="s">
+        <v>11</v>
+      </c>
+      <c r="F582" t="s">
+        <v>12</v>
+      </c>
+      <c r="G582" t="s">
+        <v>13</v>
+      </c>
+      <c r="H582" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" t="s">
+        <v>8</v>
+      </c>
+      <c r="B583" t="s">
+        <v>9</v>
+      </c>
+      <c r="C583" t="s">
+        <v>736</v>
+      </c>
+      <c r="D583" t="s">
+        <v>737</v>
+      </c>
+      <c r="E583" t="s">
+        <v>11</v>
+      </c>
+      <c r="F583" t="s">
+        <v>12</v>
+      </c>
+      <c r="G583" t="s">
+        <v>13</v>
+      </c>
+      <c r="H583" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" t="s">
+        <v>8</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
+        <v>738</v>
+      </c>
+      <c r="D584" t="s">
+        <v>11</v>
+      </c>
+      <c r="E584" t="s">
+        <v>11</v>
+      </c>
+      <c r="F584" t="s">
+        <v>12</v>
+      </c>
+      <c r="G584" t="s">
+        <v>13</v>
+      </c>
+      <c r="H584" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" t="s">
+        <v>8</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>738</v>
+      </c>
+      <c r="D585" t="s">
+        <v>739</v>
+      </c>
+      <c r="E585" t="s">
+        <v>11</v>
+      </c>
+      <c r="F585" t="s">
+        <v>12</v>
+      </c>
+      <c r="G585" t="s">
+        <v>13</v>
+      </c>
+      <c r="H585" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>8</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>740</v>
+      </c>
+      <c r="D586" t="s">
+        <v>11</v>
+      </c>
+      <c r="E586" t="s">
+        <v>11</v>
+      </c>
+      <c r="F586" t="s">
+        <v>12</v>
+      </c>
+      <c r="G586" t="s">
+        <v>13</v>
+      </c>
+      <c r="H586" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" t="s">
+        <v>8</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>741</v>
+      </c>
+      <c r="D587" t="s">
+        <v>742</v>
+      </c>
+      <c r="E587" t="s">
+        <v>11</v>
+      </c>
+      <c r="F587" t="s">
+        <v>12</v>
+      </c>
+      <c r="G587" t="s">
+        <v>13</v>
+      </c>
+      <c r="H587" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>8</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>743</v>
+      </c>
+      <c r="D588" t="s">
+        <v>11</v>
+      </c>
+      <c r="E588" t="s">
+        <v>11</v>
+      </c>
+      <c r="F588" t="s">
+        <v>12</v>
+      </c>
+      <c r="G588" t="s">
+        <v>13</v>
+      </c>
+      <c r="H588" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>8</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>743</v>
+      </c>
+      <c r="D589" t="s">
+        <v>744</v>
+      </c>
+      <c r="E589" t="s">
+        <v>11</v>
+      </c>
+      <c r="F589" t="s">
+        <v>12</v>
+      </c>
+      <c r="G589" t="s">
+        <v>13</v>
+      </c>
+      <c r="H589" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>8</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>745</v>
+      </c>
+      <c r="D590" t="s">
+        <v>11</v>
+      </c>
+      <c r="E590" t="s">
+        <v>11</v>
+      </c>
+      <c r="F590" t="s">
+        <v>12</v>
+      </c>
+      <c r="G590" t="s">
+        <v>13</v>
+      </c>
+      <c r="H590" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>8</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
+        <v>746</v>
+      </c>
+      <c r="D591" t="s">
+        <v>747</v>
+      </c>
+      <c r="E591" t="s">
+        <v>11</v>
+      </c>
+      <c r="F591" t="s">
+        <v>12</v>
+      </c>
+      <c r="G591" t="s">
+        <v>13</v>
+      </c>
+      <c r="H591" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>8</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>748</v>
+      </c>
+      <c r="D592" t="s">
+        <v>11</v>
+      </c>
+      <c r="E592" t="s">
+        <v>11</v>
+      </c>
+      <c r="F592" t="s">
+        <v>12</v>
+      </c>
+      <c r="G592" t="s">
+        <v>13</v>
+      </c>
+      <c r="H592" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>8</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>749</v>
+      </c>
+      <c r="D593" t="s">
+        <v>750</v>
+      </c>
+      <c r="E593" t="s">
+        <v>11</v>
+      </c>
+      <c r="F593" t="s">
+        <v>12</v>
+      </c>
+      <c r="G593" t="s">
+        <v>13</v>
+      </c>
+      <c r="H593" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>8</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>749</v>
+      </c>
+      <c r="D594" t="s">
+        <v>11</v>
+      </c>
+      <c r="E594" t="s">
+        <v>11</v>
+      </c>
+      <c r="F594" t="s">
+        <v>12</v>
+      </c>
+      <c r="G594" t="s">
+        <v>13</v>
+      </c>
+      <c r="H594" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>8</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
+        <v>751</v>
+      </c>
+      <c r="D595" t="s">
+        <v>11</v>
+      </c>
+      <c r="E595" t="s">
+        <v>11</v>
+      </c>
+      <c r="F595" t="s">
+        <v>12</v>
+      </c>
+      <c r="G595" t="s">
+        <v>13</v>
+      </c>
+      <c r="H595" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>8</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>752</v>
+      </c>
+      <c r="D596" t="s">
+        <v>753</v>
+      </c>
+      <c r="E596" t="s">
+        <v>11</v>
+      </c>
+      <c r="F596" t="s">
+        <v>12</v>
+      </c>
+      <c r="G596" t="s">
+        <v>13</v>
+      </c>
+      <c r="H596" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>8</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>754</v>
+      </c>
+      <c r="D597" t="s">
+        <v>11</v>
+      </c>
+      <c r="E597" t="s">
+        <v>11</v>
+      </c>
+      <c r="F597" t="s">
+        <v>12</v>
+      </c>
+      <c r="G597" t="s">
+        <v>13</v>
+      </c>
+      <c r="H597" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>8</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>755</v>
+      </c>
+      <c r="D598" t="s">
+        <v>756</v>
+      </c>
+      <c r="E598" t="s">
+        <v>11</v>
+      </c>
+      <c r="F598" t="s">
+        <v>12</v>
+      </c>
+      <c r="G598" t="s">
+        <v>13</v>
+      </c>
+      <c r="H598" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>8</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>757</v>
+      </c>
+      <c r="D599" t="s">
+        <v>11</v>
+      </c>
+      <c r="E599" t="s">
+        <v>11</v>
+      </c>
+      <c r="F599" t="s">
+        <v>12</v>
+      </c>
+      <c r="G599" t="s">
+        <v>13</v>
+      </c>
+      <c r="H599" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>8</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>758</v>
+      </c>
+      <c r="D600" t="s">
+        <v>759</v>
+      </c>
+      <c r="E600" t="s">
+        <v>11</v>
+      </c>
+      <c r="F600" t="s">
+        <v>12</v>
+      </c>
+      <c r="G600" t="s">
+        <v>13</v>
+      </c>
+      <c r="H600" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>8</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>760</v>
+      </c>
+      <c r="D601" t="s">
+        <v>11</v>
+      </c>
+      <c r="E601" t="s">
+        <v>11</v>
+      </c>
+      <c r="F601" t="s">
+        <v>12</v>
+      </c>
+      <c r="G601" t="s">
+        <v>13</v>
+      </c>
+      <c r="H601" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>8</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>761</v>
+      </c>
+      <c r="D602" t="s">
+        <v>762</v>
+      </c>
+      <c r="E602" t="s">
+        <v>11</v>
+      </c>
+      <c r="F602" t="s">
+        <v>12</v>
+      </c>
+      <c r="G602" t="s">
+        <v>13</v>
+      </c>
+      <c r="H602" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>8</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>761</v>
+      </c>
+      <c r="D603" t="s">
+        <v>11</v>
+      </c>
+      <c r="E603" t="s">
+        <v>11</v>
+      </c>
+      <c r="F603" t="s">
+        <v>12</v>
+      </c>
+      <c r="G603" t="s">
+        <v>13</v>
+      </c>
+      <c r="H603" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>8</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>763</v>
+      </c>
+      <c r="D604" t="s">
+        <v>11</v>
+      </c>
+      <c r="E604" t="s">
+        <v>11</v>
+      </c>
+      <c r="F604" t="s">
+        <v>12</v>
+      </c>
+      <c r="G604" t="s">
+        <v>13</v>
+      </c>
+      <c r="H604" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>8</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>764</v>
+      </c>
+      <c r="D605" t="s">
+        <v>765</v>
+      </c>
+      <c r="E605" t="s">
+        <v>11</v>
+      </c>
+      <c r="F605" t="s">
+        <v>12</v>
+      </c>
+      <c r="G605" t="s">
+        <v>13</v>
+      </c>
+      <c r="H605" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>8</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>766</v>
+      </c>
+      <c r="D606" t="s">
+        <v>11</v>
+      </c>
+      <c r="E606" t="s">
+        <v>11</v>
+      </c>
+      <c r="F606" t="s">
+        <v>12</v>
+      </c>
+      <c r="G606" t="s">
+        <v>13</v>
+      </c>
+      <c r="H606" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>8</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>767</v>
+      </c>
+      <c r="D607" t="s">
+        <v>11</v>
+      </c>
+      <c r="E607" t="s">
+        <v>11</v>
+      </c>
+      <c r="F607" t="s">
+        <v>12</v>
+      </c>
+      <c r="G607" t="s">
+        <v>13</v>
+      </c>
+      <c r="H607" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>8</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>767</v>
+      </c>
+      <c r="D608" t="s">
+        <v>768</v>
+      </c>
+      <c r="E608" t="s">
+        <v>11</v>
+      </c>
+      <c r="F608" t="s">
+        <v>12</v>
+      </c>
+      <c r="G608" t="s">
+        <v>13</v>
+      </c>
+      <c r="H608" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>8</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>769</v>
+      </c>
+      <c r="D609" t="s">
+        <v>11</v>
+      </c>
+      <c r="E609" t="s">
+        <v>11</v>
+      </c>
+      <c r="F609" t="s">
+        <v>12</v>
+      </c>
+      <c r="G609" t="s">
+        <v>13</v>
+      </c>
+      <c r="H609" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" t="s">
+        <v>8</v>
+      </c>
+      <c r="B610" t="s">
+        <v>9</v>
+      </c>
+      <c r="C610" t="s">
+        <v>770</v>
+      </c>
+      <c r="D610" t="s">
+        <v>11</v>
+      </c>
+      <c r="E610" t="s">
+        <v>11</v>
+      </c>
+      <c r="F610" t="s">
+        <v>12</v>
+      </c>
+      <c r="G610" t="s">
+        <v>13</v>
+      </c>
+      <c r="H610" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" t="s">
+        <v>8</v>
+      </c>
+      <c r="B611" t="s">
+        <v>9</v>
+      </c>
+      <c r="C611" t="s">
+        <v>771</v>
+      </c>
+      <c r="D611" t="s">
+        <v>11</v>
+      </c>
+      <c r="E611" t="s">
+        <v>11</v>
+      </c>
+      <c r="F611" t="s">
+        <v>12</v>
+      </c>
+      <c r="G611" t="s">
+        <v>13</v>
+      </c>
+      <c r="H611" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">