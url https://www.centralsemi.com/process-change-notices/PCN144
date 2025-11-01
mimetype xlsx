--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PCN144 Item List" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="476">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="477">
   <si>
     <t>PCN#</t>
   </si>
   <si>
     <t>EFFECTIVE_DATE</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>REPLACEMENT</t>
   </si>
   <si>
     <t>CHANGE_DETAILS</t>
   </si>
   <si>
     <t>PCN144</t>
   </si>
   <si>
     <t>9 January 2013</t>
   </si>
   <si>
     <t>CEN1175 TR</t>
   </si>
   <si>
@@ -1158,50 +1158,53 @@
     <t>CMOZ43L TR</t>
   </si>
   <si>
     <t>CMOZ43L TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMOZ43V BK</t>
   </si>
   <si>
     <t>CMOZ43V BK PBFREE</t>
   </si>
   <si>
     <t>CMOZ43V BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMOZ43V TR</t>
   </si>
   <si>
     <t>CMOZ43V TR PBFREE</t>
   </si>
   <si>
     <t>CMOZ43V TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMOZ47L BK</t>
+  </si>
+  <si>
+    <t>CMOZ47L BK PBFREE</t>
   </si>
   <si>
     <t>CMOZ47L TR</t>
   </si>
   <si>
     <t>CMOZ47L TR PBFREE</t>
   </si>
   <si>
     <t>CMOZ5L1 BK</t>
   </si>
   <si>
     <t>CMOZ5L1 BK PBFREE</t>
   </si>
   <si>
     <t>CMOZ5L1 BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMOZ5L1 TR</t>
   </si>
   <si>
     <t>CMOZ5L1 TR PBFREE</t>
   </si>
   <si>
     <t>CMOZ5L1 TR TIN/LEAD</t>
   </si>
@@ -1797,51 +1800,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E647"/>
+  <dimension ref="A1:E648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E1" sqref="E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="190.953" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -9600,906 +9603,906 @@
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" t="s">
         <v>5</v>
       </c>
       <c r="B518" t="s">
         <v>6</v>
       </c>
       <c r="C518" t="s">
         <v>384</v>
       </c>
       <c r="D518"/>
       <c r="E518" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" t="s">
         <v>5</v>
       </c>
       <c r="B519" t="s">
         <v>6</v>
       </c>
       <c r="C519" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D519"/>
       <c r="E519" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" t="s">
         <v>5</v>
       </c>
       <c r="B520" t="s">
         <v>6</v>
       </c>
       <c r="C520" t="s">
         <v>385</v>
       </c>
       <c r="D520"/>
       <c r="E520" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" t="s">
         <v>5</v>
       </c>
       <c r="B521" t="s">
         <v>6</v>
       </c>
       <c r="C521" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D521"/>
       <c r="E521" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" t="s">
         <v>5</v>
       </c>
       <c r="B522" t="s">
         <v>6</v>
       </c>
       <c r="C522" t="s">
         <v>386</v>
       </c>
       <c r="D522"/>
       <c r="E522" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" t="s">
         <v>5</v>
       </c>
       <c r="B523" t="s">
         <v>6</v>
       </c>
       <c r="C523" t="s">
         <v>387</v>
       </c>
       <c r="D523"/>
       <c r="E523" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" t="s">
         <v>5</v>
       </c>
       <c r="B524" t="s">
         <v>6</v>
       </c>
       <c r="C524" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D524"/>
       <c r="E524" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" t="s">
         <v>5</v>
       </c>
       <c r="B525" t="s">
         <v>6</v>
       </c>
       <c r="C525" t="s">
         <v>388</v>
       </c>
       <c r="D525"/>
       <c r="E525" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" t="s">
         <v>5</v>
       </c>
       <c r="B526" t="s">
         <v>6</v>
       </c>
       <c r="C526" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D526"/>
       <c r="E526" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="527" spans="1:5">
       <c r="A527" t="s">
         <v>5</v>
       </c>
       <c r="B527" t="s">
         <v>6</v>
       </c>
       <c r="C527" t="s">
         <v>389</v>
       </c>
       <c r="D527"/>
       <c r="E527" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" t="s">
         <v>5</v>
       </c>
       <c r="B528" t="s">
         <v>6</v>
       </c>
       <c r="C528" t="s">
         <v>390</v>
       </c>
       <c r="D528"/>
       <c r="E528" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" t="s">
         <v>5</v>
       </c>
       <c r="B529" t="s">
         <v>6</v>
       </c>
       <c r="C529" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D529"/>
       <c r="E529" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" t="s">
         <v>5</v>
       </c>
       <c r="B530" t="s">
         <v>6</v>
       </c>
       <c r="C530" t="s">
         <v>391</v>
       </c>
       <c r="D530"/>
       <c r="E530" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" t="s">
         <v>5</v>
       </c>
       <c r="B531" t="s">
         <v>6</v>
       </c>
       <c r="C531" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D531"/>
       <c r="E531" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532" t="s">
         <v>5</v>
       </c>
       <c r="B532" t="s">
         <v>6</v>
       </c>
       <c r="C532" t="s">
         <v>392</v>
       </c>
       <c r="D532"/>
       <c r="E532" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533" t="s">
         <v>5</v>
       </c>
       <c r="B533" t="s">
         <v>6</v>
       </c>
       <c r="C533" t="s">
         <v>393</v>
       </c>
       <c r="D533"/>
       <c r="E533" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" t="s">
         <v>5</v>
       </c>
       <c r="B534" t="s">
         <v>6</v>
       </c>
       <c r="C534" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D534"/>
       <c r="E534" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" t="s">
         <v>5</v>
       </c>
       <c r="B535" t="s">
         <v>6</v>
       </c>
       <c r="C535" t="s">
         <v>394</v>
       </c>
       <c r="D535"/>
       <c r="E535" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" t="s">
         <v>5</v>
       </c>
       <c r="B536" t="s">
         <v>6</v>
       </c>
       <c r="C536" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D536"/>
       <c r="E536" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" t="s">
         <v>5</v>
       </c>
       <c r="B537" t="s">
         <v>6</v>
       </c>
       <c r="C537" t="s">
         <v>395</v>
       </c>
       <c r="D537"/>
       <c r="E537" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" t="s">
         <v>5</v>
       </c>
       <c r="B538" t="s">
         <v>6</v>
       </c>
       <c r="C538" t="s">
         <v>396</v>
       </c>
       <c r="D538"/>
       <c r="E538" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" t="s">
         <v>5</v>
       </c>
       <c r="B539" t="s">
         <v>6</v>
       </c>
       <c r="C539" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D539"/>
       <c r="E539" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" t="s">
         <v>5</v>
       </c>
       <c r="B540" t="s">
         <v>6</v>
       </c>
       <c r="C540" t="s">
         <v>397</v>
       </c>
       <c r="D540"/>
       <c r="E540" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" t="s">
         <v>5</v>
       </c>
       <c r="B541" t="s">
         <v>6</v>
       </c>
       <c r="C541" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D541"/>
       <c r="E541" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" t="s">
         <v>5</v>
       </c>
       <c r="B542" t="s">
         <v>6</v>
       </c>
       <c r="C542" t="s">
         <v>398</v>
       </c>
       <c r="D542"/>
       <c r="E542" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" t="s">
         <v>5</v>
       </c>
       <c r="B543" t="s">
         <v>6</v>
       </c>
       <c r="C543" t="s">
         <v>399</v>
       </c>
       <c r="D543"/>
       <c r="E543" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" t="s">
         <v>5</v>
       </c>
       <c r="B544" t="s">
         <v>6</v>
       </c>
       <c r="C544" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D544"/>
       <c r="E544" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" t="s">
         <v>5</v>
       </c>
       <c r="B545" t="s">
         <v>6</v>
       </c>
       <c r="C545" t="s">
         <v>400</v>
       </c>
       <c r="D545"/>
       <c r="E545" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546" t="s">
         <v>5</v>
       </c>
       <c r="B546" t="s">
         <v>6</v>
       </c>
       <c r="C546" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D546"/>
       <c r="E546" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="547" spans="1:5">
       <c r="A547" t="s">
         <v>5</v>
       </c>
       <c r="B547" t="s">
         <v>6</v>
       </c>
       <c r="C547" t="s">
         <v>401</v>
       </c>
       <c r="D547"/>
       <c r="E547" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" t="s">
         <v>5</v>
       </c>
       <c r="B548" t="s">
         <v>6</v>
       </c>
       <c r="C548" t="s">
         <v>402</v>
       </c>
       <c r="D548"/>
       <c r="E548" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" t="s">
         <v>5</v>
       </c>
       <c r="B549" t="s">
         <v>6</v>
       </c>
       <c r="C549" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D549"/>
       <c r="E549" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" t="s">
         <v>5</v>
       </c>
       <c r="B550" t="s">
         <v>6</v>
       </c>
       <c r="C550" t="s">
         <v>403</v>
       </c>
       <c r="D550"/>
       <c r="E550" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" t="s">
         <v>5</v>
       </c>
       <c r="B551" t="s">
         <v>6</v>
       </c>
       <c r="C551" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D551"/>
       <c r="E551" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" t="s">
         <v>5</v>
       </c>
       <c r="B552" t="s">
         <v>6</v>
       </c>
       <c r="C552" t="s">
         <v>404</v>
       </c>
       <c r="D552"/>
       <c r="E552" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" t="s">
         <v>5</v>
       </c>
       <c r="B553" t="s">
         <v>6</v>
       </c>
       <c r="C553" t="s">
         <v>405</v>
       </c>
       <c r="D553"/>
       <c r="E553" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" t="s">
         <v>5</v>
       </c>
       <c r="B554" t="s">
         <v>6</v>
       </c>
       <c r="C554" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D554"/>
       <c r="E554" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" t="s">
         <v>5</v>
       </c>
       <c r="B555" t="s">
         <v>6</v>
       </c>
       <c r="C555" t="s">
         <v>406</v>
       </c>
       <c r="D555"/>
       <c r="E555" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" t="s">
         <v>5</v>
       </c>
       <c r="B556" t="s">
         <v>6</v>
       </c>
       <c r="C556" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D556"/>
       <c r="E556" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557" t="s">
         <v>5</v>
       </c>
       <c r="B557" t="s">
         <v>6</v>
       </c>
       <c r="C557" t="s">
         <v>407</v>
       </c>
       <c r="D557"/>
       <c r="E557" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" t="s">
         <v>5</v>
       </c>
       <c r="B558" t="s">
         <v>6</v>
       </c>
       <c r="C558" t="s">
         <v>408</v>
       </c>
       <c r="D558"/>
       <c r="E558" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" t="s">
         <v>5</v>
       </c>
       <c r="B559" t="s">
         <v>6</v>
       </c>
       <c r="C559" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D559"/>
       <c r="E559" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" t="s">
         <v>5</v>
       </c>
       <c r="B560" t="s">
         <v>6</v>
       </c>
       <c r="C560" t="s">
         <v>409</v>
       </c>
       <c r="D560"/>
       <c r="E560" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" t="s">
         <v>5</v>
       </c>
       <c r="B561" t="s">
         <v>6</v>
       </c>
       <c r="C561" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D561"/>
       <c r="E561" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" t="s">
         <v>5</v>
       </c>
       <c r="B562" t="s">
         <v>6</v>
       </c>
       <c r="C562" t="s">
         <v>410</v>
       </c>
       <c r="D562"/>
       <c r="E562" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" t="s">
         <v>5</v>
       </c>
       <c r="B563" t="s">
         <v>6</v>
       </c>
       <c r="C563" t="s">
         <v>411</v>
       </c>
       <c r="D563"/>
       <c r="E563" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" t="s">
         <v>5</v>
       </c>
       <c r="B564" t="s">
         <v>6</v>
       </c>
       <c r="C564" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D564"/>
       <c r="E564" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" t="s">
         <v>5</v>
       </c>
       <c r="B565" t="s">
         <v>6</v>
       </c>
       <c r="C565" t="s">
         <v>412</v>
       </c>
       <c r="D565"/>
       <c r="E565" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" t="s">
         <v>5</v>
       </c>
       <c r="B566" t="s">
         <v>6</v>
       </c>
       <c r="C566" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D566"/>
       <c r="E566" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" t="s">
         <v>5</v>
       </c>
       <c r="B567" t="s">
         <v>6</v>
       </c>
       <c r="C567" t="s">
         <v>413</v>
       </c>
       <c r="D567"/>
       <c r="E567" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" t="s">
         <v>5</v>
       </c>
       <c r="B568" t="s">
         <v>6</v>
       </c>
       <c r="C568" t="s">
         <v>414</v>
       </c>
       <c r="D568"/>
       <c r="E568" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" t="s">
         <v>5</v>
       </c>
       <c r="B569" t="s">
         <v>6</v>
       </c>
       <c r="C569" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D569"/>
       <c r="E569" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" t="s">
         <v>5</v>
       </c>
       <c r="B570" t="s">
         <v>6</v>
       </c>
       <c r="C570" t="s">
         <v>415</v>
       </c>
       <c r="D570"/>
       <c r="E570" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" t="s">
         <v>5</v>
       </c>
       <c r="B571" t="s">
         <v>6</v>
       </c>
       <c r="C571" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D571"/>
       <c r="E571" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" t="s">
         <v>5</v>
       </c>
       <c r="B572" t="s">
         <v>6</v>
       </c>
       <c r="C572" t="s">
         <v>416</v>
       </c>
       <c r="D572"/>
       <c r="E572" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" t="s">
         <v>5</v>
       </c>
       <c r="B573" t="s">
         <v>6</v>
       </c>
       <c r="C573" t="s">
         <v>417</v>
       </c>
       <c r="D573"/>
       <c r="E573" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" t="s">
         <v>5</v>
       </c>
       <c r="B574" t="s">
         <v>6</v>
       </c>
       <c r="C574" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D574"/>
       <c r="E574" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" t="s">
         <v>5</v>
       </c>
       <c r="B575" t="s">
         <v>6</v>
       </c>
       <c r="C575" t="s">
         <v>418</v>
       </c>
       <c r="D575"/>
       <c r="E575" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" t="s">
         <v>5</v>
       </c>
       <c r="B576" t="s">
         <v>6</v>
       </c>
       <c r="C576" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D576"/>
       <c r="E576" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" t="s">
         <v>5</v>
       </c>
       <c r="B577" t="s">
         <v>6</v>
       </c>
       <c r="C577" t="s">
         <v>419</v>
       </c>
       <c r="D577"/>
       <c r="E577" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" t="s">
         <v>5</v>
       </c>
@@ -10590,156 +10593,156 @@
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" t="s">
         <v>5</v>
       </c>
       <c r="B584" t="s">
         <v>6</v>
       </c>
       <c r="C584" t="s">
         <v>426</v>
       </c>
       <c r="D584"/>
       <c r="E584" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" t="s">
         <v>5</v>
       </c>
       <c r="B585" t="s">
         <v>6</v>
       </c>
       <c r="C585" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D585"/>
       <c r="E585" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" t="s">
         <v>5</v>
       </c>
       <c r="B586" t="s">
         <v>6</v>
       </c>
       <c r="C586" t="s">
         <v>427</v>
       </c>
       <c r="D586"/>
       <c r="E586" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" t="s">
         <v>5</v>
       </c>
       <c r="B587" t="s">
         <v>6</v>
       </c>
       <c r="C587" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D587"/>
       <c r="E587" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" t="s">
         <v>5</v>
       </c>
       <c r="B588" t="s">
         <v>6</v>
       </c>
       <c r="C588" t="s">
         <v>428</v>
       </c>
       <c r="D588"/>
       <c r="E588" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" t="s">
         <v>5</v>
       </c>
       <c r="B589" t="s">
         <v>6</v>
       </c>
       <c r="C589" t="s">
         <v>429</v>
       </c>
       <c r="D589"/>
       <c r="E589" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" t="s">
         <v>5</v>
       </c>
       <c r="B590" t="s">
         <v>6</v>
       </c>
       <c r="C590" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D590"/>
       <c r="E590" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" t="s">
         <v>5</v>
       </c>
       <c r="B591" t="s">
         <v>6</v>
       </c>
       <c r="C591" t="s">
         <v>430</v>
       </c>
       <c r="D591"/>
       <c r="E591" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" t="s">
         <v>5</v>
       </c>
       <c r="B592" t="s">
         <v>6</v>
       </c>
       <c r="C592" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D592"/>
       <c r="E592" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" t="s">
         <v>5</v>
       </c>
       <c r="B593" t="s">
         <v>6</v>
       </c>
       <c r="C593" t="s">
         <v>431</v>
       </c>
       <c r="D593"/>
       <c r="E593" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" t="s">
         <v>5</v>
       </c>
@@ -10845,51 +10848,51 @@
       </c>
     </row>
     <row r="601" spans="1:5">
       <c r="A601" t="s">
         <v>5</v>
       </c>
       <c r="B601" t="s">
         <v>6</v>
       </c>
       <c r="C601" t="s">
         <v>439</v>
       </c>
       <c r="D601"/>
       <c r="E601" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="602" spans="1:5">
       <c r="A602" t="s">
         <v>5</v>
       </c>
       <c r="B602" t="s">
         <v>6</v>
       </c>
       <c r="C602" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D602"/>
       <c r="E602" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="603" spans="1:5">
       <c r="A603" t="s">
         <v>5</v>
       </c>
       <c r="B603" t="s">
         <v>6</v>
       </c>
       <c r="C603" t="s">
         <v>440</v>
       </c>
       <c r="D603"/>
       <c r="E603" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="604" spans="1:5">
       <c r="A604" t="s">
         <v>5</v>
       </c>
@@ -10905,51 +10908,51 @@
       </c>
     </row>
     <row r="605" spans="1:5">
       <c r="A605" t="s">
         <v>5</v>
       </c>
       <c r="B605" t="s">
         <v>6</v>
       </c>
       <c r="C605" t="s">
         <v>442</v>
       </c>
       <c r="D605"/>
       <c r="E605" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="606" spans="1:5">
       <c r="A606" t="s">
         <v>5</v>
       </c>
       <c r="B606" t="s">
         <v>6</v>
       </c>
       <c r="C606" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D606"/>
       <c r="E606" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="607" spans="1:5">
       <c r="A607" t="s">
         <v>5</v>
       </c>
       <c r="B607" t="s">
         <v>6</v>
       </c>
       <c r="C607" t="s">
         <v>443</v>
       </c>
       <c r="D607"/>
       <c r="E607" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="608" spans="1:5">
       <c r="A608" t="s">
         <v>5</v>
       </c>
@@ -10965,231 +10968,231 @@
       </c>
     </row>
     <row r="609" spans="1:5">
       <c r="A609" t="s">
         <v>5</v>
       </c>
       <c r="B609" t="s">
         <v>6</v>
       </c>
       <c r="C609" t="s">
         <v>445</v>
       </c>
       <c r="D609"/>
       <c r="E609" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="610" spans="1:5">
       <c r="A610" t="s">
         <v>5</v>
       </c>
       <c r="B610" t="s">
         <v>6</v>
       </c>
       <c r="C610" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D610"/>
       <c r="E610" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="611" spans="1:5">
       <c r="A611" t="s">
         <v>5</v>
       </c>
       <c r="B611" t="s">
         <v>6</v>
       </c>
       <c r="C611" t="s">
         <v>446</v>
       </c>
       <c r="D611"/>
       <c r="E611" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="612" spans="1:5">
       <c r="A612" t="s">
         <v>5</v>
       </c>
       <c r="B612" t="s">
         <v>6</v>
       </c>
       <c r="C612" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D612"/>
       <c r="E612" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="613" spans="1:5">
       <c r="A613" t="s">
         <v>5</v>
       </c>
       <c r="B613" t="s">
         <v>6</v>
       </c>
       <c r="C613" t="s">
         <v>447</v>
       </c>
       <c r="D613"/>
       <c r="E613" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="614" spans="1:5">
       <c r="A614" t="s">
         <v>5</v>
       </c>
       <c r="B614" t="s">
         <v>6</v>
       </c>
       <c r="C614" t="s">
         <v>448</v>
       </c>
       <c r="D614"/>
       <c r="E614" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="615" spans="1:5">
       <c r="A615" t="s">
         <v>5</v>
       </c>
       <c r="B615" t="s">
         <v>6</v>
       </c>
       <c r="C615" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D615"/>
       <c r="E615" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="616" spans="1:5">
       <c r="A616" t="s">
         <v>5</v>
       </c>
       <c r="B616" t="s">
         <v>6</v>
       </c>
       <c r="C616" t="s">
         <v>449</v>
       </c>
       <c r="D616"/>
       <c r="E616" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="617" spans="1:5">
       <c r="A617" t="s">
         <v>5</v>
       </c>
       <c r="B617" t="s">
         <v>6</v>
       </c>
       <c r="C617" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D617"/>
       <c r="E617" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="618" spans="1:5">
       <c r="A618" t="s">
         <v>5</v>
       </c>
       <c r="B618" t="s">
         <v>6</v>
       </c>
       <c r="C618" t="s">
         <v>450</v>
       </c>
       <c r="D618"/>
       <c r="E618" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="619" spans="1:5">
       <c r="A619" t="s">
         <v>5</v>
       </c>
       <c r="B619" t="s">
         <v>6</v>
       </c>
       <c r="C619" t="s">
         <v>451</v>
       </c>
       <c r="D619"/>
       <c r="E619" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="620" spans="1:5">
       <c r="A620" t="s">
         <v>5</v>
       </c>
       <c r="B620" t="s">
         <v>6</v>
       </c>
       <c r="C620" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D620"/>
       <c r="E620" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="621" spans="1:5">
       <c r="A621" t="s">
         <v>5</v>
       </c>
       <c r="B621" t="s">
         <v>6</v>
       </c>
       <c r="C621" t="s">
         <v>452</v>
       </c>
       <c r="D621"/>
       <c r="E621" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="622" spans="1:5">
       <c r="A622" t="s">
         <v>5</v>
       </c>
       <c r="B622" t="s">
         <v>6</v>
       </c>
       <c r="C622" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D622"/>
       <c r="E622" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="623" spans="1:5">
       <c r="A623" t="s">
         <v>5</v>
       </c>
       <c r="B623" t="s">
         <v>6</v>
       </c>
       <c r="C623" t="s">
         <v>453</v>
       </c>
       <c r="D623"/>
       <c r="E623" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="624" spans="1:5">
       <c r="A624" t="s">
         <v>5</v>
       </c>
@@ -11295,81 +11298,81 @@
       </c>
     </row>
     <row r="631" spans="1:5">
       <c r="A631" t="s">
         <v>5</v>
       </c>
       <c r="B631" t="s">
         <v>6</v>
       </c>
       <c r="C631" t="s">
         <v>461</v>
       </c>
       <c r="D631"/>
       <c r="E631" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="632" spans="1:5">
       <c r="A632" t="s">
         <v>5</v>
       </c>
       <c r="B632" t="s">
         <v>6</v>
       </c>
       <c r="C632" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D632"/>
       <c r="E632" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="633" spans="1:5">
       <c r="A633" t="s">
         <v>5</v>
       </c>
       <c r="B633" t="s">
         <v>6</v>
       </c>
       <c r="C633" t="s">
         <v>462</v>
       </c>
       <c r="D633"/>
       <c r="E633" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="634" spans="1:5">
       <c r="A634" t="s">
         <v>5</v>
       </c>
       <c r="B634" t="s">
         <v>6</v>
       </c>
       <c r="C634" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D634"/>
       <c r="E634" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="635" spans="1:5">
       <c r="A635" t="s">
         <v>5</v>
       </c>
       <c r="B635" t="s">
         <v>6</v>
       </c>
       <c r="C635" t="s">
         <v>463</v>
       </c>
       <c r="D635"/>
       <c r="E635" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="636" spans="1:5">
       <c r="A636" t="s">
         <v>5</v>
       </c>
@@ -11524,50 +11527,65 @@
         <v>5</v>
       </c>
       <c r="B646" t="s">
         <v>6</v>
       </c>
       <c r="C646" t="s">
         <v>474</v>
       </c>
       <c r="D646"/>
       <c r="E646" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="647" spans="1:5">
       <c r="A647" t="s">
         <v>5</v>
       </c>
       <c r="B647" t="s">
         <v>6</v>
       </c>
       <c r="C647" t="s">
         <v>475</v>
       </c>
       <c r="D647"/>
       <c r="E647" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="648" spans="1:5">
+      <c r="A648" t="s">
+        <v>5</v>
+      </c>
+      <c r="B648" t="s">
+        <v>6</v>
+      </c>
+      <c r="C648" t="s">
+        <v>476</v>
+      </c>
+      <c r="D648"/>
+      <c r="E648" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>