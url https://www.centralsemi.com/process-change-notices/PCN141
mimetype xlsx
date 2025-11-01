--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PCN141 Item List" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="532">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="533">
   <si>
     <t>PCN#</t>
   </si>
   <si>
     <t>EFFECTIVE_DATE</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>REPLACEMENT</t>
   </si>
   <si>
     <t>CHANGE_DETAILS</t>
   </si>
   <si>
     <t>PCN141</t>
   </si>
   <si>
     <t>18 October 2012</t>
   </si>
   <si>
     <t>CEN1073 BK</t>
   </si>
   <si>
@@ -327,50 +327,53 @@
     <t>CMLDM8002A BK</t>
   </si>
   <si>
     <t>CMLDM8002AG BK</t>
   </si>
   <si>
     <t>CMLDM8002A BK PBFREE</t>
   </si>
   <si>
     <t>CMLDM8002AG BK PBFREE</t>
   </si>
   <si>
     <t>CMLDM8002A TR</t>
   </si>
   <si>
     <t>CMLDM8002AG TR</t>
   </si>
   <si>
     <t>CMLDM8002A TR PBFREE</t>
   </si>
   <si>
     <t>CMLDM8002AG TR PBFREE</t>
   </si>
   <si>
     <t>CMLDM8002AJ BK</t>
+  </si>
+  <si>
+    <t>CMLDM8002AJ BK PBFREE</t>
   </si>
   <si>
     <t>CMLDM8002AJ TR</t>
   </si>
   <si>
     <t>CMLDM8002AJ TR PBFREE</t>
   </si>
   <si>
     <t>CMLDM8005 BK</t>
   </si>
   <si>
     <t>CMLDM8005 BK PBFREE</t>
   </si>
   <si>
     <t>CMLDM8005 TR</t>
   </si>
   <si>
     <t>CMLDM8005 TR PBFREE</t>
   </si>
   <si>
     <t>CMLDM8120 BK</t>
   </si>
   <si>
     <t>CMLDM8120G BK</t>
   </si>
@@ -1965,51 +1968,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E586"/>
+  <dimension ref="A1:E587"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E1" sqref="E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -3648,162 +3651,162 @@
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>5</v>
       </c>
       <c r="B108" t="s">
         <v>6</v>
       </c>
       <c r="C108" t="s">
         <v>110</v>
       </c>
       <c r="D108"/>
       <c r="E108" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>5</v>
       </c>
       <c r="B109" t="s">
         <v>6</v>
       </c>
       <c r="C109" t="s">
         <v>111</v>
       </c>
-      <c r="D109" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D109"/>
       <c r="E109" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>5</v>
       </c>
       <c r="B110" t="s">
         <v>6</v>
       </c>
       <c r="C110" t="s">
+        <v>112</v>
+      </c>
+      <c r="D110" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E110" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>5</v>
       </c>
       <c r="B111" t="s">
         <v>6</v>
       </c>
       <c r="C111" t="s">
+        <v>114</v>
+      </c>
+      <c r="D111" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="E111" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>5</v>
       </c>
       <c r="B112" t="s">
         <v>6</v>
       </c>
       <c r="C112" t="s">
+        <v>116</v>
+      </c>
+      <c r="D112" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E112" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>5</v>
       </c>
       <c r="B113" t="s">
         <v>6</v>
       </c>
       <c r="C113" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D113"/>
+        <v>118</v>
+      </c>
+      <c r="D113" t="s">
+        <v>119</v>
+      </c>
       <c r="E113" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>5</v>
       </c>
       <c r="B114" t="s">
         <v>6</v>
       </c>
       <c r="C114" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D114"/>
       <c r="E114" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>5</v>
       </c>
       <c r="B115" t="s">
         <v>6</v>
       </c>
       <c r="C115" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D115"/>
       <c r="E115" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>5</v>
       </c>
       <c r="B116" t="s">
         <v>6</v>
       </c>
       <c r="C116" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D116"/>
       <c r="E116" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
         <v>5</v>
       </c>
       <c r="B117" t="s">
         <v>6</v>
       </c>
       <c r="C117" t="s">
         <v>119</v>
       </c>
       <c r="D117"/>
       <c r="E117" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>5</v>
       </c>
@@ -3821,134 +3824,134 @@
     <row r="119" spans="1:5">
       <c r="A119" t="s">
         <v>5</v>
       </c>
       <c r="B119" t="s">
         <v>6</v>
       </c>
       <c r="C119" t="s">
         <v>121</v>
       </c>
       <c r="D119"/>
       <c r="E119" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
         <v>5</v>
       </c>
       <c r="B120" t="s">
         <v>6</v>
       </c>
       <c r="C120" t="s">
         <v>122</v>
       </c>
-      <c r="D120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D120"/>
       <c r="E120" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
         <v>5</v>
       </c>
       <c r="B121" t="s">
         <v>6</v>
       </c>
       <c r="C121" t="s">
+        <v>123</v>
+      </c>
+      <c r="D121" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E121" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
         <v>5</v>
       </c>
       <c r="B122" t="s">
         <v>6</v>
       </c>
       <c r="C122" t="s">
+        <v>125</v>
+      </c>
+      <c r="D122" t="s">
         <v>126</v>
       </c>
-      <c r="D122"/>
       <c r="E122" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>5</v>
       </c>
       <c r="B123" t="s">
         <v>6</v>
       </c>
       <c r="C123" t="s">
         <v>127</v>
       </c>
-      <c r="D123" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D123"/>
       <c r="E123" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>5</v>
       </c>
       <c r="B124" t="s">
         <v>6</v>
       </c>
       <c r="C124" t="s">
+        <v>128</v>
+      </c>
+      <c r="D124" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E124" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>5</v>
       </c>
       <c r="B125" t="s">
         <v>6</v>
       </c>
       <c r="C125" t="s">
+        <v>130</v>
+      </c>
+      <c r="D125" t="s">
         <v>131</v>
       </c>
-      <c r="D125"/>
       <c r="E125" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>5</v>
       </c>
       <c r="B126" t="s">
         <v>6</v>
       </c>
       <c r="C126" t="s">
         <v>132</v>
       </c>
       <c r="D126"/>
       <c r="E126" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>5</v>
       </c>
       <c r="B127" t="s">
         <v>6</v>
@@ -3962,51 +3965,51 @@
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>5</v>
       </c>
       <c r="B128" t="s">
         <v>6</v>
       </c>
       <c r="C128" t="s">
         <v>134</v>
       </c>
       <c r="D128"/>
       <c r="E128" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
         <v>5</v>
       </c>
       <c r="B129" t="s">
         <v>6</v>
       </c>
       <c r="C129" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D129"/>
       <c r="E129" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
         <v>5</v>
       </c>
       <c r="B130" t="s">
         <v>6</v>
       </c>
       <c r="C130" t="s">
         <v>135</v>
       </c>
       <c r="D130"/>
       <c r="E130" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>5</v>
       </c>
@@ -4067,246 +4070,246 @@
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>5</v>
       </c>
       <c r="B135" t="s">
         <v>6</v>
       </c>
       <c r="C135" t="s">
         <v>140</v>
       </c>
       <c r="D135"/>
       <c r="E135" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>5</v>
       </c>
       <c r="B136" t="s">
         <v>6</v>
       </c>
       <c r="C136" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D136"/>
       <c r="E136" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>5</v>
       </c>
       <c r="B137" t="s">
         <v>6</v>
       </c>
       <c r="C137" t="s">
         <v>141</v>
       </c>
       <c r="D137"/>
       <c r="E137" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>5</v>
       </c>
       <c r="B138" t="s">
         <v>6</v>
       </c>
       <c r="C138" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D138"/>
       <c r="E138" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>5</v>
       </c>
       <c r="B139" t="s">
         <v>6</v>
       </c>
       <c r="C139" t="s">
         <v>142</v>
       </c>
       <c r="D139"/>
       <c r="E139" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>5</v>
       </c>
       <c r="B140" t="s">
         <v>6</v>
       </c>
       <c r="C140" t="s">
         <v>143</v>
       </c>
       <c r="D140"/>
       <c r="E140" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>5</v>
       </c>
       <c r="B141" t="s">
         <v>6</v>
       </c>
       <c r="C141" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D141"/>
       <c r="E141" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
         <v>5</v>
       </c>
       <c r="B142" t="s">
         <v>6</v>
       </c>
       <c r="C142" t="s">
         <v>144</v>
       </c>
       <c r="D142"/>
       <c r="E142" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
         <v>5</v>
       </c>
       <c r="B143" t="s">
         <v>6</v>
       </c>
       <c r="C143" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D143"/>
       <c r="E143" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>5</v>
       </c>
       <c r="B144" t="s">
         <v>6</v>
       </c>
       <c r="C144" t="s">
         <v>145</v>
       </c>
       <c r="D144"/>
       <c r="E144" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>5</v>
       </c>
       <c r="B145" t="s">
         <v>6</v>
       </c>
       <c r="C145" t="s">
-        <v>123</v>
+        <v>146</v>
       </c>
       <c r="D145"/>
       <c r="E145" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
         <v>5</v>
       </c>
       <c r="B146" t="s">
         <v>6</v>
       </c>
       <c r="C146" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D146"/>
       <c r="E146" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>5</v>
       </c>
       <c r="B147" t="s">
         <v>6</v>
       </c>
       <c r="C147" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D147"/>
       <c r="E147" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>5</v>
       </c>
       <c r="B148" t="s">
         <v>6</v>
       </c>
       <c r="C148" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D148"/>
       <c r="E148" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>5</v>
       </c>
       <c r="B149" t="s">
         <v>6</v>
       </c>
       <c r="C149" t="s">
-        <v>146</v>
+        <v>131</v>
       </c>
       <c r="D149"/>
       <c r="E149" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>5</v>
       </c>
       <c r="B150" t="s">
         <v>6</v>
       </c>
       <c r="C150" t="s">
         <v>147</v>
       </c>
       <c r="D150"/>
       <c r="E150" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>5</v>
       </c>
@@ -4414,162 +4417,162 @@
     <row r="158" spans="1:5">
       <c r="A158" t="s">
         <v>5</v>
       </c>
       <c r="B158" t="s">
         <v>6</v>
       </c>
       <c r="C158" t="s">
         <v>155</v>
       </c>
       <c r="D158"/>
       <c r="E158" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>5</v>
       </c>
       <c r="B159" t="s">
         <v>6</v>
       </c>
       <c r="C159" t="s">
         <v>156</v>
       </c>
-      <c r="D159" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D159"/>
       <c r="E159" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>5</v>
       </c>
       <c r="B160" t="s">
         <v>6</v>
       </c>
       <c r="C160" t="s">
+        <v>157</v>
+      </c>
+      <c r="D160" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="E160" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>5</v>
       </c>
       <c r="B161" t="s">
         <v>6</v>
       </c>
       <c r="C161" t="s">
+        <v>159</v>
+      </c>
+      <c r="D161" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E161" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>5</v>
       </c>
       <c r="B162" t="s">
         <v>6</v>
       </c>
       <c r="C162" t="s">
+        <v>161</v>
+      </c>
+      <c r="D162" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="E162" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>5</v>
       </c>
       <c r="B163" t="s">
         <v>6</v>
       </c>
       <c r="C163" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D163"/>
+        <v>163</v>
+      </c>
+      <c r="D163" t="s">
+        <v>164</v>
+      </c>
       <c r="E163" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>5</v>
       </c>
       <c r="B164" t="s">
         <v>6</v>
       </c>
       <c r="C164" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="D164"/>
       <c r="E164" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>5</v>
       </c>
       <c r="B165" t="s">
         <v>6</v>
       </c>
       <c r="C165" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="D165"/>
       <c r="E165" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>5</v>
       </c>
       <c r="B166" t="s">
         <v>6</v>
       </c>
       <c r="C166" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D166"/>
       <c r="E166" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>5</v>
       </c>
       <c r="B167" t="s">
         <v>6</v>
       </c>
       <c r="C167" t="s">
         <v>164</v>
       </c>
       <c r="D167"/>
       <c r="E167" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>5</v>
       </c>
@@ -4585,209 +4588,209 @@
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>5</v>
       </c>
       <c r="B169" t="s">
         <v>6</v>
       </c>
       <c r="C169" t="s">
         <v>166</v>
       </c>
       <c r="D169"/>
       <c r="E169" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>5</v>
       </c>
       <c r="B170" t="s">
         <v>6</v>
       </c>
       <c r="C170" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D170"/>
       <c r="E170" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>5</v>
       </c>
       <c r="B171" t="s">
         <v>6</v>
       </c>
       <c r="C171" t="s">
         <v>167</v>
       </c>
       <c r="D171"/>
       <c r="E171" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>5</v>
       </c>
       <c r="B172" t="s">
         <v>6</v>
       </c>
       <c r="C172" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D172"/>
       <c r="E172" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>5</v>
       </c>
       <c r="B173" t="s">
         <v>6</v>
       </c>
       <c r="C173" t="s">
         <v>168</v>
       </c>
-      <c r="D173" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D173"/>
       <c r="E173" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>5</v>
       </c>
       <c r="B174" t="s">
         <v>6</v>
       </c>
       <c r="C174" t="s">
+        <v>169</v>
+      </c>
+      <c r="D174" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E174" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>5</v>
       </c>
       <c r="B175" t="s">
         <v>6</v>
       </c>
       <c r="C175" t="s">
+        <v>171</v>
+      </c>
+      <c r="D175" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="E175" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>5</v>
       </c>
       <c r="B176" t="s">
         <v>6</v>
       </c>
       <c r="C176" t="s">
+        <v>173</v>
+      </c>
+      <c r="D176" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E176" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>5</v>
       </c>
       <c r="B177" t="s">
         <v>6</v>
       </c>
       <c r="C177" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="D177"/>
+        <v>175</v>
+      </c>
+      <c r="D177" t="s">
+        <v>176</v>
+      </c>
       <c r="E177" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>5</v>
       </c>
       <c r="B178" t="s">
         <v>6</v>
       </c>
       <c r="C178" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D178"/>
       <c r="E178" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>5</v>
       </c>
       <c r="B179" t="s">
         <v>6</v>
       </c>
       <c r="C179" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D179"/>
       <c r="E179" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>5</v>
       </c>
       <c r="B180" t="s">
         <v>6</v>
       </c>
       <c r="C180" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D180"/>
       <c r="E180" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>5</v>
       </c>
       <c r="B181" t="s">
         <v>6</v>
       </c>
       <c r="C181" t="s">
         <v>176</v>
       </c>
       <c r="D181"/>
       <c r="E181" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
         <v>5</v>
       </c>
@@ -4833,141 +4836,141 @@
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
         <v>5</v>
       </c>
       <c r="B185" t="s">
         <v>6</v>
       </c>
       <c r="C185" t="s">
         <v>180</v>
       </c>
       <c r="D185"/>
       <c r="E185" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>5</v>
       </c>
       <c r="B186" t="s">
         <v>6</v>
       </c>
       <c r="C186" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D186"/>
       <c r="E186" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>5</v>
       </c>
       <c r="B187" t="s">
         <v>6</v>
       </c>
       <c r="C187" t="s">
         <v>181</v>
       </c>
       <c r="D187"/>
       <c r="E187" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>5</v>
       </c>
       <c r="B188" t="s">
         <v>6</v>
       </c>
       <c r="C188" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D188"/>
       <c r="E188" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
         <v>5</v>
       </c>
       <c r="B189" t="s">
         <v>6</v>
       </c>
       <c r="C189" t="s">
         <v>182</v>
       </c>
       <c r="D189"/>
       <c r="E189" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>5</v>
       </c>
       <c r="B190" t="s">
         <v>6</v>
       </c>
       <c r="C190" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D190"/>
       <c r="E190" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>5</v>
       </c>
       <c r="B191" t="s">
         <v>6</v>
       </c>
       <c r="C191" t="s">
         <v>183</v>
       </c>
       <c r="D191"/>
       <c r="E191" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>5</v>
       </c>
       <c r="B192" t="s">
         <v>6</v>
       </c>
       <c r="C192" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D192"/>
       <c r="E192" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>5</v>
       </c>
       <c r="B193" t="s">
         <v>6</v>
       </c>
       <c r="C193" t="s">
         <v>184</v>
       </c>
       <c r="D193"/>
       <c r="E193" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>5</v>
       </c>
@@ -5073,96 +5076,96 @@
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>5</v>
       </c>
       <c r="B201" t="s">
         <v>6</v>
       </c>
       <c r="C201" t="s">
         <v>192</v>
       </c>
       <c r="D201"/>
       <c r="E201" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>5</v>
       </c>
       <c r="B202" t="s">
         <v>6</v>
       </c>
       <c r="C202" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D202"/>
       <c r="E202" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
         <v>5</v>
       </c>
       <c r="B203" t="s">
         <v>6</v>
       </c>
       <c r="C203" t="s">
         <v>193</v>
       </c>
       <c r="D203"/>
       <c r="E203" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>5</v>
       </c>
       <c r="B204" t="s">
         <v>6</v>
       </c>
       <c r="C204" t="s">
         <v>194</v>
       </c>
       <c r="D204"/>
       <c r="E204" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>5</v>
       </c>
       <c r="B205" t="s">
         <v>6</v>
       </c>
       <c r="C205" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D205"/>
       <c r="E205" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>5</v>
       </c>
       <c r="B206" t="s">
         <v>6</v>
       </c>
       <c r="C206" t="s">
         <v>195</v>
       </c>
       <c r="D206"/>
       <c r="E206" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>5</v>
       </c>
@@ -5178,51 +5181,51 @@
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>5</v>
       </c>
       <c r="B208" t="s">
         <v>6</v>
       </c>
       <c r="C208" t="s">
         <v>197</v>
       </c>
       <c r="D208"/>
       <c r="E208" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" t="s">
         <v>5</v>
       </c>
       <c r="B209" t="s">
         <v>6</v>
       </c>
       <c r="C209" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D209"/>
       <c r="E209" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>5</v>
       </c>
       <c r="B210" t="s">
         <v>6</v>
       </c>
       <c r="C210" t="s">
         <v>198</v>
       </c>
       <c r="D210"/>
       <c r="E210" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>5</v>
       </c>
@@ -5268,51 +5271,51 @@
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
         <v>5</v>
       </c>
       <c r="B214" t="s">
         <v>6</v>
       </c>
       <c r="C214" t="s">
         <v>202</v>
       </c>
       <c r="D214"/>
       <c r="E214" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" t="s">
         <v>5</v>
       </c>
       <c r="B215" t="s">
         <v>6</v>
       </c>
       <c r="C215" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D215"/>
       <c r="E215" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" t="s">
         <v>5</v>
       </c>
       <c r="B216" t="s">
         <v>6</v>
       </c>
       <c r="C216" t="s">
         <v>203</v>
       </c>
       <c r="D216"/>
       <c r="E216" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>5</v>
       </c>
@@ -5358,81 +5361,81 @@
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>5</v>
       </c>
       <c r="B220" t="s">
         <v>6</v>
       </c>
       <c r="C220" t="s">
         <v>207</v>
       </c>
       <c r="D220"/>
       <c r="E220" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>5</v>
       </c>
       <c r="B221" t="s">
         <v>6</v>
       </c>
       <c r="C221" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D221"/>
       <c r="E221" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>5</v>
       </c>
       <c r="B222" t="s">
         <v>6</v>
       </c>
       <c r="C222" t="s">
         <v>208</v>
       </c>
       <c r="D222"/>
       <c r="E222" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" t="s">
         <v>5</v>
       </c>
       <c r="B223" t="s">
         <v>6</v>
       </c>
       <c r="C223" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D223"/>
       <c r="E223" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" t="s">
         <v>5</v>
       </c>
       <c r="B224" t="s">
         <v>6</v>
       </c>
       <c r="C224" t="s">
         <v>209</v>
       </c>
       <c r="D224"/>
       <c r="E224" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" t="s">
         <v>5</v>
       </c>
@@ -5480,128 +5483,128 @@
     <row r="228" spans="1:5">
       <c r="A228" t="s">
         <v>5</v>
       </c>
       <c r="B228" t="s">
         <v>6</v>
       </c>
       <c r="C228" t="s">
         <v>213</v>
       </c>
       <c r="D228"/>
       <c r="E228" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" t="s">
         <v>5</v>
       </c>
       <c r="B229" t="s">
         <v>6</v>
       </c>
       <c r="C229" t="s">
         <v>214</v>
       </c>
-      <c r="D229" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D229"/>
       <c r="E229" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" t="s">
         <v>5</v>
       </c>
       <c r="B230" t="s">
         <v>6</v>
       </c>
       <c r="C230" t="s">
+        <v>215</v>
+      </c>
+      <c r="D230" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="E230" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" t="s">
         <v>5</v>
       </c>
       <c r="B231" t="s">
         <v>6</v>
       </c>
       <c r="C231" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="D231"/>
+        <v>217</v>
+      </c>
+      <c r="D231" t="s">
+        <v>218</v>
+      </c>
       <c r="E231" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" t="s">
         <v>5</v>
       </c>
       <c r="B232" t="s">
         <v>6</v>
       </c>
       <c r="C232" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="D232"/>
       <c r="E232" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" t="s">
         <v>5</v>
       </c>
       <c r="B233" t="s">
         <v>6</v>
       </c>
       <c r="C233" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D233"/>
       <c r="E233" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" t="s">
         <v>5</v>
       </c>
       <c r="B234" t="s">
         <v>6</v>
       </c>
       <c r="C234" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D234"/>
       <c r="E234" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" t="s">
         <v>5</v>
       </c>
       <c r="B235" t="s">
         <v>6</v>
       </c>
       <c r="C235" t="s">
         <v>220</v>
       </c>
       <c r="D235"/>
       <c r="E235" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" t="s">
         <v>5</v>
       </c>
@@ -6037,81 +6040,81 @@
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" t="s">
         <v>5</v>
       </c>
       <c r="B265" t="s">
         <v>6</v>
       </c>
       <c r="C265" t="s">
         <v>250</v>
       </c>
       <c r="D265"/>
       <c r="E265" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" t="s">
         <v>5</v>
       </c>
       <c r="B266" t="s">
         <v>6</v>
       </c>
       <c r="C266" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D266"/>
       <c r="E266" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" t="s">
         <v>5</v>
       </c>
       <c r="B267" t="s">
         <v>6</v>
       </c>
       <c r="C267" t="s">
         <v>251</v>
       </c>
       <c r="D267"/>
       <c r="E267" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" t="s">
         <v>5</v>
       </c>
       <c r="B268" t="s">
         <v>6</v>
       </c>
       <c r="C268" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D268"/>
       <c r="E268" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" t="s">
         <v>5</v>
       </c>
       <c r="B269" t="s">
         <v>6</v>
       </c>
       <c r="C269" t="s">
         <v>252</v>
       </c>
       <c r="D269"/>
       <c r="E269" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" t="s">
         <v>5</v>
       </c>
@@ -6412,216 +6415,216 @@
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
         <v>5</v>
       </c>
       <c r="B290" t="s">
         <v>6</v>
       </c>
       <c r="C290" t="s">
         <v>273</v>
       </c>
       <c r="D290"/>
       <c r="E290" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
         <v>5</v>
       </c>
       <c r="B291" t="s">
         <v>6</v>
       </c>
       <c r="C291" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D291"/>
       <c r="E291" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
         <v>5</v>
       </c>
       <c r="B292" t="s">
         <v>6</v>
       </c>
       <c r="C292" t="s">
         <v>274</v>
       </c>
       <c r="D292"/>
       <c r="E292" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" t="s">
         <v>5</v>
       </c>
       <c r="B293" t="s">
         <v>6</v>
       </c>
       <c r="C293" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D293"/>
       <c r="E293" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" t="s">
         <v>5</v>
       </c>
       <c r="B294" t="s">
         <v>6</v>
       </c>
       <c r="C294" t="s">
         <v>275</v>
       </c>
       <c r="D294"/>
       <c r="E294" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" t="s">
         <v>5</v>
       </c>
       <c r="B295" t="s">
         <v>6</v>
       </c>
       <c r="C295" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D295"/>
       <c r="E295" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" t="s">
         <v>5</v>
       </c>
       <c r="B296" t="s">
         <v>6</v>
       </c>
       <c r="C296" t="s">
         <v>276</v>
       </c>
       <c r="D296"/>
       <c r="E296" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" t="s">
         <v>5</v>
       </c>
       <c r="B297" t="s">
         <v>6</v>
       </c>
       <c r="C297" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D297"/>
       <c r="E297" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" t="s">
         <v>5</v>
       </c>
       <c r="B298" t="s">
         <v>6</v>
       </c>
       <c r="C298" t="s">
         <v>277</v>
       </c>
       <c r="D298"/>
       <c r="E298" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" t="s">
         <v>5</v>
       </c>
       <c r="B299" t="s">
         <v>6</v>
       </c>
       <c r="C299" t="s">
         <v>278</v>
       </c>
       <c r="D299"/>
       <c r="E299" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" t="s">
         <v>5</v>
       </c>
       <c r="B300" t="s">
         <v>6</v>
       </c>
       <c r="C300" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D300"/>
       <c r="E300" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" t="s">
         <v>5</v>
       </c>
       <c r="B301" t="s">
         <v>6</v>
       </c>
       <c r="C301" t="s">
         <v>279</v>
       </c>
       <c r="D301"/>
       <c r="E301" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" t="s">
         <v>5</v>
       </c>
       <c r="B302" t="s">
         <v>6</v>
       </c>
       <c r="C302" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D302"/>
       <c r="E302" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" t="s">
         <v>5</v>
       </c>
       <c r="B303" t="s">
         <v>6</v>
       </c>
       <c r="C303" t="s">
         <v>280</v>
       </c>
       <c r="D303"/>
       <c r="E303" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" t="s">
         <v>5</v>
       </c>
@@ -6712,389 +6715,389 @@
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" t="s">
         <v>5</v>
       </c>
       <c r="B310" t="s">
         <v>6</v>
       </c>
       <c r="C310" t="s">
         <v>287</v>
       </c>
       <c r="D310"/>
       <c r="E310" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" t="s">
         <v>5</v>
       </c>
       <c r="B311" t="s">
         <v>6</v>
       </c>
       <c r="C311" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D311"/>
       <c r="E311" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" t="s">
         <v>5</v>
       </c>
       <c r="B312" t="s">
         <v>6</v>
       </c>
       <c r="C312" t="s">
         <v>288</v>
       </c>
       <c r="D312"/>
       <c r="E312" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" t="s">
         <v>5</v>
       </c>
       <c r="B313" t="s">
         <v>6</v>
       </c>
       <c r="C313" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D313"/>
       <c r="E313" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" t="s">
         <v>5</v>
       </c>
       <c r="B314" t="s">
         <v>6</v>
       </c>
       <c r="C314" t="s">
         <v>289</v>
       </c>
       <c r="D314"/>
       <c r="E314" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" t="s">
         <v>5</v>
       </c>
       <c r="B315" t="s">
         <v>6</v>
       </c>
       <c r="C315" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D315"/>
       <c r="E315" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" t="s">
         <v>5</v>
       </c>
       <c r="B316" t="s">
         <v>6</v>
       </c>
       <c r="C316" t="s">
         <v>290</v>
       </c>
       <c r="D316"/>
       <c r="E316" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" t="s">
         <v>5</v>
       </c>
       <c r="B317" t="s">
         <v>6</v>
       </c>
       <c r="C317" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D317"/>
       <c r="E317" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" t="s">
         <v>5</v>
       </c>
       <c r="B318" t="s">
         <v>6</v>
       </c>
       <c r="C318" t="s">
         <v>291</v>
       </c>
       <c r="D318"/>
       <c r="E318" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" t="s">
         <v>5</v>
       </c>
       <c r="B319" t="s">
         <v>6</v>
       </c>
       <c r="C319" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D319"/>
       <c r="E319" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" t="s">
         <v>5</v>
       </c>
       <c r="B320" t="s">
         <v>6</v>
       </c>
       <c r="C320" t="s">
         <v>292</v>
       </c>
       <c r="D320"/>
       <c r="E320" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" t="s">
         <v>5</v>
       </c>
       <c r="B321" t="s">
         <v>6</v>
       </c>
       <c r="C321" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D321"/>
       <c r="E321" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" t="s">
         <v>5</v>
       </c>
       <c r="B322" t="s">
         <v>6</v>
       </c>
       <c r="C322" t="s">
         <v>293</v>
       </c>
       <c r="D322"/>
       <c r="E322" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" t="s">
         <v>5</v>
       </c>
       <c r="B323" t="s">
         <v>6</v>
       </c>
       <c r="C323" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D323"/>
       <c r="E323" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" t="s">
         <v>5</v>
       </c>
       <c r="B324" t="s">
         <v>6</v>
       </c>
       <c r="C324" t="s">
         <v>294</v>
       </c>
       <c r="D324"/>
       <c r="E324" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" t="s">
         <v>5</v>
       </c>
       <c r="B325" t="s">
         <v>6</v>
       </c>
       <c r="C325" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D325"/>
       <c r="E325" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" t="s">
         <v>5</v>
       </c>
       <c r="B326" t="s">
         <v>6</v>
       </c>
       <c r="C326" t="s">
         <v>295</v>
       </c>
-      <c r="D326" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D326"/>
       <c r="E326" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" t="s">
         <v>5</v>
       </c>
       <c r="B327" t="s">
         <v>6</v>
       </c>
       <c r="C327" t="s">
+        <v>296</v>
+      </c>
+      <c r="D327" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="E327" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" t="s">
         <v>5</v>
       </c>
       <c r="B328" t="s">
         <v>6</v>
       </c>
       <c r="C328" t="s">
+        <v>298</v>
+      </c>
+      <c r="D328" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="E328" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" t="s">
         <v>5</v>
       </c>
       <c r="B329" t="s">
         <v>6</v>
       </c>
       <c r="C329" t="s">
+        <v>300</v>
+      </c>
+      <c r="D329" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="E329" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" t="s">
         <v>5</v>
       </c>
       <c r="B330" t="s">
         <v>6</v>
       </c>
       <c r="C330" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="D330"/>
+        <v>302</v>
+      </c>
+      <c r="D330" t="s">
+        <v>303</v>
+      </c>
       <c r="E330" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" t="s">
         <v>5</v>
       </c>
       <c r="B331" t="s">
         <v>6</v>
       </c>
       <c r="C331" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="D331"/>
       <c r="E331" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" t="s">
         <v>5</v>
       </c>
       <c r="B332" t="s">
         <v>6</v>
       </c>
       <c r="C332" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="D332"/>
       <c r="E332" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" t="s">
         <v>5</v>
       </c>
       <c r="B333" t="s">
         <v>6</v>
       </c>
       <c r="C333" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="D333"/>
       <c r="E333" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" t="s">
         <v>5</v>
       </c>
       <c r="B334" t="s">
         <v>6</v>
       </c>
       <c r="C334" t="s">
         <v>303</v>
       </c>
       <c r="D334"/>
       <c r="E334" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" t="s">
         <v>5</v>
       </c>
@@ -7397,485 +7400,485 @@
     <row r="355" spans="1:5">
       <c r="A355" t="s">
         <v>5</v>
       </c>
       <c r="B355" t="s">
         <v>6</v>
       </c>
       <c r="C355" t="s">
         <v>324</v>
       </c>
       <c r="D355"/>
       <c r="E355" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" t="s">
         <v>5</v>
       </c>
       <c r="B356" t="s">
         <v>6</v>
       </c>
       <c r="C356" t="s">
         <v>325</v>
       </c>
-      <c r="D356" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D356"/>
       <c r="E356" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" t="s">
         <v>5</v>
       </c>
       <c r="B357" t="s">
         <v>6</v>
       </c>
       <c r="C357" t="s">
+        <v>326</v>
+      </c>
+      <c r="D357" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="E357" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" t="s">
         <v>5</v>
       </c>
       <c r="B358" t="s">
         <v>6</v>
       </c>
       <c r="C358" t="s">
+        <v>328</v>
+      </c>
+      <c r="D358" t="s">
         <v>329</v>
       </c>
-      <c r="D358"/>
       <c r="E358" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" t="s">
         <v>5</v>
       </c>
       <c r="B359" t="s">
         <v>6</v>
       </c>
       <c r="C359" t="s">
         <v>330</v>
       </c>
-      <c r="D359" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D359"/>
       <c r="E359" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" t="s">
         <v>5</v>
       </c>
       <c r="B360" t="s">
         <v>6</v>
       </c>
       <c r="C360" t="s">
+        <v>331</v>
+      </c>
+      <c r="D360" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="E360" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" t="s">
         <v>5</v>
       </c>
       <c r="B361" t="s">
         <v>6</v>
       </c>
       <c r="C361" t="s">
+        <v>333</v>
+      </c>
+      <c r="D361" t="s">
         <v>334</v>
       </c>
-      <c r="D361"/>
       <c r="E361" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" t="s">
         <v>5</v>
       </c>
       <c r="B362" t="s">
         <v>6</v>
       </c>
       <c r="C362" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="D362"/>
       <c r="E362" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" t="s">
         <v>5</v>
       </c>
       <c r="B363" t="s">
         <v>6</v>
       </c>
       <c r="C363" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="D363"/>
       <c r="E363" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" t="s">
         <v>5</v>
       </c>
       <c r="B364" t="s">
         <v>6</v>
       </c>
       <c r="C364" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="D364"/>
       <c r="E364" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" t="s">
         <v>5</v>
       </c>
       <c r="B365" t="s">
         <v>6</v>
       </c>
       <c r="C365" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="D365"/>
       <c r="E365" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" t="s">
         <v>5</v>
       </c>
       <c r="B366" t="s">
         <v>6</v>
       </c>
       <c r="C366" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="D366"/>
       <c r="E366" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" t="s">
         <v>5</v>
       </c>
       <c r="B367" t="s">
         <v>6</v>
       </c>
       <c r="C367" t="s">
+        <v>336</v>
+      </c>
+      <c r="D367" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="E367" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" t="s">
         <v>5</v>
       </c>
       <c r="B368" t="s">
         <v>6</v>
       </c>
       <c r="C368" t="s">
+        <v>338</v>
+      </c>
+      <c r="D368" t="s">
         <v>339</v>
       </c>
-      <c r="D368"/>
       <c r="E368" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" t="s">
         <v>5</v>
       </c>
       <c r="B369" t="s">
         <v>6</v>
       </c>
       <c r="C369" t="s">
         <v>340</v>
       </c>
-      <c r="D369" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D369"/>
       <c r="E369" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" t="s">
         <v>5</v>
       </c>
       <c r="B370" t="s">
         <v>6</v>
       </c>
       <c r="C370" t="s">
+        <v>341</v>
+      </c>
+      <c r="D370" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="E370" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" t="s">
         <v>5</v>
       </c>
       <c r="B371" t="s">
         <v>6</v>
       </c>
       <c r="C371" t="s">
+        <v>343</v>
+      </c>
+      <c r="D371" t="s">
         <v>344</v>
       </c>
-      <c r="D371"/>
       <c r="E371" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" t="s">
         <v>5</v>
       </c>
       <c r="B372" t="s">
         <v>6</v>
       </c>
       <c r="C372" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="D372"/>
       <c r="E372" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" t="s">
         <v>5</v>
       </c>
       <c r="B373" t="s">
         <v>6</v>
       </c>
       <c r="C373" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="D373"/>
       <c r="E373" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" t="s">
         <v>5</v>
       </c>
       <c r="B374" t="s">
         <v>6</v>
       </c>
       <c r="C374" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="D374"/>
       <c r="E374" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" t="s">
         <v>5</v>
       </c>
       <c r="B375" t="s">
         <v>6</v>
       </c>
       <c r="C375" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="D375"/>
       <c r="E375" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" t="s">
         <v>5</v>
       </c>
       <c r="B376" t="s">
         <v>6</v>
       </c>
       <c r="C376" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="D376"/>
       <c r="E376" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" t="s">
         <v>5</v>
       </c>
       <c r="B377" t="s">
         <v>6</v>
       </c>
       <c r="C377" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D377"/>
       <c r="E377" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" t="s">
         <v>5</v>
       </c>
       <c r="B378" t="s">
         <v>6</v>
       </c>
       <c r="C378" t="s">
         <v>346</v>
       </c>
       <c r="D378"/>
       <c r="E378" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" t="s">
         <v>5</v>
       </c>
       <c r="B379" t="s">
         <v>6</v>
       </c>
       <c r="C379" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D379"/>
       <c r="E379" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" t="s">
         <v>5</v>
       </c>
       <c r="B380" t="s">
         <v>6</v>
       </c>
       <c r="C380" t="s">
         <v>347</v>
       </c>
       <c r="D380"/>
       <c r="E380" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" t="s">
         <v>5</v>
       </c>
       <c r="B381" t="s">
         <v>6</v>
       </c>
       <c r="C381" t="s">
         <v>348</v>
       </c>
       <c r="D381"/>
       <c r="E381" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" t="s">
         <v>5</v>
       </c>
       <c r="B382" t="s">
         <v>6</v>
       </c>
       <c r="C382" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D382"/>
       <c r="E382" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" t="s">
         <v>5</v>
       </c>
       <c r="B383" t="s">
         <v>6</v>
       </c>
       <c r="C383" t="s">
         <v>349</v>
       </c>
       <c r="D383"/>
       <c r="E383" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" t="s">
         <v>5</v>
       </c>
       <c r="B384" t="s">
         <v>6</v>
       </c>
       <c r="C384" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D384"/>
       <c r="E384" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" t="s">
         <v>5</v>
       </c>
       <c r="B385" t="s">
         <v>6</v>
       </c>
       <c r="C385" t="s">
         <v>350</v>
       </c>
       <c r="D385"/>
       <c r="E385" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" t="s">
         <v>5</v>
       </c>
@@ -7983,617 +7986,617 @@
     <row r="393" spans="1:5">
       <c r="A393" t="s">
         <v>5</v>
       </c>
       <c r="B393" t="s">
         <v>6</v>
       </c>
       <c r="C393" t="s">
         <v>358</v>
       </c>
       <c r="D393"/>
       <c r="E393" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" t="s">
         <v>5</v>
       </c>
       <c r="B394" t="s">
         <v>6</v>
       </c>
       <c r="C394" t="s">
         <v>359</v>
       </c>
-      <c r="D394" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D394"/>
       <c r="E394" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" t="s">
         <v>5</v>
       </c>
       <c r="B395" t="s">
         <v>6</v>
       </c>
       <c r="C395" t="s">
+        <v>360</v>
+      </c>
+      <c r="D395" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="E395" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" t="s">
         <v>5</v>
       </c>
       <c r="B396" t="s">
         <v>6</v>
       </c>
       <c r="C396" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="D396"/>
+        <v>362</v>
+      </c>
+      <c r="D396" t="s">
+        <v>363</v>
+      </c>
       <c r="E396" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" t="s">
         <v>5</v>
       </c>
       <c r="B397" t="s">
         <v>6</v>
       </c>
       <c r="C397" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="D397"/>
       <c r="E397" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" t="s">
         <v>5</v>
       </c>
       <c r="B398" t="s">
         <v>6</v>
       </c>
       <c r="C398" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D398"/>
       <c r="E398" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" t="s">
         <v>5</v>
       </c>
       <c r="B399" t="s">
         <v>6</v>
       </c>
       <c r="C399" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="D399"/>
       <c r="E399" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" t="s">
         <v>5</v>
       </c>
       <c r="B400" t="s">
         <v>6</v>
       </c>
       <c r="C400" t="s">
         <v>365</v>
       </c>
-      <c r="D400" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D400"/>
       <c r="E400" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" t="s">
         <v>5</v>
       </c>
       <c r="B401" t="s">
         <v>6</v>
       </c>
       <c r="C401" t="s">
+        <v>366</v>
+      </c>
+      <c r="D401" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="E401" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" t="s">
         <v>5</v>
       </c>
       <c r="B402" t="s">
         <v>6</v>
       </c>
       <c r="C402" t="s">
+        <v>368</v>
+      </c>
+      <c r="D402" t="s">
         <v>369</v>
       </c>
-      <c r="D402"/>
       <c r="E402" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" t="s">
         <v>5</v>
       </c>
       <c r="B403" t="s">
         <v>6</v>
       </c>
       <c r="C403" t="s">
         <v>370</v>
       </c>
-      <c r="D403" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D403"/>
       <c r="E403" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" t="s">
         <v>5</v>
       </c>
       <c r="B404" t="s">
         <v>6</v>
       </c>
       <c r="C404" t="s">
+        <v>371</v>
+      </c>
+      <c r="D404" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="E404" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" t="s">
         <v>5</v>
       </c>
       <c r="B405" t="s">
         <v>6</v>
       </c>
       <c r="C405" t="s">
+        <v>373</v>
+      </c>
+      <c r="D405" t="s">
         <v>374</v>
       </c>
-      <c r="D405"/>
       <c r="E405" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" t="s">
         <v>5</v>
       </c>
       <c r="B406" t="s">
         <v>6</v>
       </c>
       <c r="C406" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="D406"/>
       <c r="E406" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" t="s">
         <v>5</v>
       </c>
       <c r="B407" t="s">
         <v>6</v>
       </c>
       <c r="C407" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="D407"/>
       <c r="E407" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" t="s">
         <v>5</v>
       </c>
       <c r="B408" t="s">
         <v>6</v>
       </c>
       <c r="C408" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D408"/>
       <c r="E408" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" t="s">
         <v>5</v>
       </c>
       <c r="B409" t="s">
         <v>6</v>
       </c>
       <c r="C409" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="D409"/>
       <c r="E409" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" t="s">
         <v>5</v>
       </c>
       <c r="B410" t="s">
         <v>6</v>
       </c>
       <c r="C410" t="s">
-        <v>375</v>
-[...3 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="D410"/>
       <c r="E410" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" t="s">
         <v>5</v>
       </c>
       <c r="B411" t="s">
         <v>6</v>
       </c>
       <c r="C411" t="s">
+        <v>376</v>
+      </c>
+      <c r="D411" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
       <c r="E411" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" t="s">
         <v>5</v>
       </c>
       <c r="B412" t="s">
         <v>6</v>
       </c>
       <c r="C412" t="s">
+        <v>378</v>
+      </c>
+      <c r="D412" t="s">
         <v>379</v>
       </c>
-      <c r="D412"/>
       <c r="E412" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" t="s">
         <v>5</v>
       </c>
       <c r="B413" t="s">
         <v>6</v>
       </c>
       <c r="C413" t="s">
         <v>380</v>
       </c>
-      <c r="D413" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D413"/>
       <c r="E413" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" t="s">
         <v>5</v>
       </c>
       <c r="B414" t="s">
         <v>6</v>
       </c>
       <c r="C414" t="s">
+        <v>381</v>
+      </c>
+      <c r="D414" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="E414" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" t="s">
         <v>5</v>
       </c>
       <c r="B415" t="s">
         <v>6</v>
       </c>
       <c r="C415" t="s">
+        <v>383</v>
+      </c>
+      <c r="D415" t="s">
         <v>384</v>
       </c>
-      <c r="D415"/>
       <c r="E415" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" t="s">
         <v>5</v>
       </c>
       <c r="B416" t="s">
         <v>6</v>
       </c>
       <c r="C416" t="s">
-        <v>376</v>
+        <v>385</v>
       </c>
       <c r="D416"/>
       <c r="E416" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" t="s">
         <v>5</v>
       </c>
       <c r="B417" t="s">
         <v>6</v>
       </c>
       <c r="C417" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="D417"/>
       <c r="E417" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" t="s">
         <v>5</v>
       </c>
       <c r="B418" t="s">
         <v>6</v>
       </c>
       <c r="C418" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="D418"/>
       <c r="E418" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" t="s">
         <v>5</v>
       </c>
       <c r="B419" t="s">
         <v>6</v>
       </c>
       <c r="C419" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="D419"/>
       <c r="E419" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" t="s">
         <v>5</v>
       </c>
       <c r="B420" t="s">
         <v>6</v>
       </c>
       <c r="C420" t="s">
-        <v>385</v>
-[...3 lines deleted...]
-      </c>
+        <v>384</v>
+      </c>
+      <c r="D420"/>
       <c r="E420" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" t="s">
         <v>5</v>
       </c>
       <c r="B421" t="s">
         <v>6</v>
       </c>
       <c r="C421" t="s">
+        <v>386</v>
+      </c>
+      <c r="D421" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="E421" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" t="s">
         <v>5</v>
       </c>
       <c r="B422" t="s">
         <v>6</v>
       </c>
       <c r="C422" t="s">
+        <v>388</v>
+      </c>
+      <c r="D422" t="s">
         <v>389</v>
       </c>
-      <c r="D422"/>
       <c r="E422" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" t="s">
         <v>5</v>
       </c>
       <c r="B423" t="s">
         <v>6</v>
       </c>
       <c r="C423" t="s">
         <v>390</v>
       </c>
-      <c r="D423" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D423"/>
       <c r="E423" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" t="s">
         <v>5</v>
       </c>
       <c r="B424" t="s">
         <v>6</v>
       </c>
       <c r="C424" t="s">
+        <v>391</v>
+      </c>
+      <c r="D424" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="E424" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" t="s">
         <v>5</v>
       </c>
       <c r="B425" t="s">
         <v>6</v>
       </c>
       <c r="C425" t="s">
+        <v>393</v>
+      </c>
+      <c r="D425" t="s">
         <v>394</v>
       </c>
-      <c r="D425"/>
       <c r="E425" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" t="s">
         <v>5</v>
       </c>
       <c r="B426" t="s">
         <v>6</v>
       </c>
       <c r="C426" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="D426"/>
       <c r="E426" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" t="s">
         <v>5</v>
       </c>
       <c r="B427" t="s">
         <v>6</v>
       </c>
       <c r="C427" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="D427"/>
       <c r="E427" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" t="s">
         <v>5</v>
       </c>
       <c r="B428" t="s">
         <v>6</v>
       </c>
       <c r="C428" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="D428"/>
       <c r="E428" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429" t="s">
         <v>5</v>
       </c>
       <c r="B429" t="s">
         <v>6</v>
       </c>
       <c r="C429" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D429"/>
       <c r="E429" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" t="s">
         <v>5</v>
       </c>
       <c r="B430" t="s">
         <v>6</v>
       </c>
       <c r="C430" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="D430"/>
       <c r="E430" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" t="s">
         <v>5</v>
       </c>
       <c r="B431" t="s">
         <v>6</v>
       </c>
       <c r="C431" t="s">
         <v>396</v>
       </c>
       <c r="D431"/>
       <c r="E431" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" t="s">
         <v>5</v>
       </c>
@@ -8639,156 +8642,156 @@
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" t="s">
         <v>5</v>
       </c>
       <c r="B435" t="s">
         <v>6</v>
       </c>
       <c r="C435" t="s">
         <v>400</v>
       </c>
       <c r="D435"/>
       <c r="E435" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" t="s">
         <v>5</v>
       </c>
       <c r="B436" t="s">
         <v>6</v>
       </c>
       <c r="C436" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D436"/>
       <c r="E436" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" t="s">
         <v>5</v>
       </c>
       <c r="B437" t="s">
         <v>6</v>
       </c>
       <c r="C437" t="s">
         <v>401</v>
       </c>
       <c r="D437"/>
       <c r="E437" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" t="s">
         <v>5</v>
       </c>
       <c r="B438" t="s">
         <v>6</v>
       </c>
       <c r="C438" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D438"/>
       <c r="E438" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" t="s">
         <v>5</v>
       </c>
       <c r="B439" t="s">
         <v>6</v>
       </c>
       <c r="C439" t="s">
         <v>402</v>
       </c>
       <c r="D439"/>
       <c r="E439" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" t="s">
         <v>5</v>
       </c>
       <c r="B440" t="s">
         <v>6</v>
       </c>
       <c r="C440" t="s">
         <v>403</v>
       </c>
       <c r="D440"/>
       <c r="E440" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" t="s">
         <v>5</v>
       </c>
       <c r="B441" t="s">
         <v>6</v>
       </c>
       <c r="C441" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D441"/>
       <c r="E441" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" t="s">
         <v>5</v>
       </c>
       <c r="B442" t="s">
         <v>6</v>
       </c>
       <c r="C442" t="s">
         <v>404</v>
       </c>
       <c r="D442"/>
       <c r="E442" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" t="s">
         <v>5</v>
       </c>
       <c r="B443" t="s">
         <v>6</v>
       </c>
       <c r="C443" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D443"/>
       <c r="E443" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" t="s">
         <v>5</v>
       </c>
       <c r="B444" t="s">
         <v>6</v>
       </c>
       <c r="C444" t="s">
         <v>405</v>
       </c>
       <c r="D444"/>
       <c r="E444" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" t="s">
         <v>5</v>
       </c>
@@ -8939,156 +8942,156 @@
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" t="s">
         <v>5</v>
       </c>
       <c r="B455" t="s">
         <v>6</v>
       </c>
       <c r="C455" t="s">
         <v>416</v>
       </c>
       <c r="D455"/>
       <c r="E455" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" t="s">
         <v>5</v>
       </c>
       <c r="B456" t="s">
         <v>6</v>
       </c>
       <c r="C456" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D456"/>
       <c r="E456" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" t="s">
         <v>5</v>
       </c>
       <c r="B457" t="s">
         <v>6</v>
       </c>
       <c r="C457" t="s">
         <v>417</v>
       </c>
       <c r="D457"/>
       <c r="E457" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" t="s">
         <v>5</v>
       </c>
       <c r="B458" t="s">
         <v>6</v>
       </c>
       <c r="C458" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D458"/>
       <c r="E458" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" t="s">
         <v>5</v>
       </c>
       <c r="B459" t="s">
         <v>6</v>
       </c>
       <c r="C459" t="s">
         <v>418</v>
       </c>
       <c r="D459"/>
       <c r="E459" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" t="s">
         <v>5</v>
       </c>
       <c r="B460" t="s">
         <v>6</v>
       </c>
       <c r="C460" t="s">
         <v>419</v>
       </c>
       <c r="D460"/>
       <c r="E460" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" t="s">
         <v>5</v>
       </c>
       <c r="B461" t="s">
         <v>6</v>
       </c>
       <c r="C461" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D461"/>
       <c r="E461" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" t="s">
         <v>5</v>
       </c>
       <c r="B462" t="s">
         <v>6</v>
       </c>
       <c r="C462" t="s">
         <v>420</v>
       </c>
       <c r="D462"/>
       <c r="E462" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" t="s">
         <v>5</v>
       </c>
       <c r="B463" t="s">
         <v>6</v>
       </c>
       <c r="C463" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D463"/>
       <c r="E463" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="464" spans="1:5">
       <c r="A464" t="s">
         <v>5</v>
       </c>
       <c r="B464" t="s">
         <v>6</v>
       </c>
       <c r="C464" t="s">
         <v>421</v>
       </c>
       <c r="D464"/>
       <c r="E464" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="465" spans="1:5">
       <c r="A465" t="s">
         <v>5</v>
       </c>
@@ -9164,141 +9167,141 @@
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470" t="s">
         <v>5</v>
       </c>
       <c r="B470" t="s">
         <v>6</v>
       </c>
       <c r="C470" t="s">
         <v>427</v>
       </c>
       <c r="D470"/>
       <c r="E470" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" t="s">
         <v>5</v>
       </c>
       <c r="B471" t="s">
         <v>6</v>
       </c>
       <c r="C471" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D471"/>
       <c r="E471" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" t="s">
         <v>5</v>
       </c>
       <c r="B472" t="s">
         <v>6</v>
       </c>
       <c r="C472" t="s">
         <v>428</v>
       </c>
       <c r="D472"/>
       <c r="E472" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" t="s">
         <v>5</v>
       </c>
       <c r="B473" t="s">
         <v>6</v>
       </c>
       <c r="C473" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D473"/>
       <c r="E473" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" t="s">
         <v>5</v>
       </c>
       <c r="B474" t="s">
         <v>6</v>
       </c>
       <c r="C474" t="s">
         <v>429</v>
       </c>
       <c r="D474"/>
       <c r="E474" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" t="s">
         <v>5</v>
       </c>
       <c r="B475" t="s">
         <v>6</v>
       </c>
       <c r="C475" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D475"/>
       <c r="E475" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" t="s">
         <v>5</v>
       </c>
       <c r="B476" t="s">
         <v>6</v>
       </c>
       <c r="C476" t="s">
         <v>430</v>
       </c>
       <c r="D476"/>
       <c r="E476" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" t="s">
         <v>5</v>
       </c>
       <c r="B477" t="s">
         <v>6</v>
       </c>
       <c r="C477" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D477"/>
       <c r="E477" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" t="s">
         <v>5</v>
       </c>
       <c r="B478" t="s">
         <v>6</v>
       </c>
       <c r="C478" t="s">
         <v>431</v>
       </c>
       <c r="D478"/>
       <c r="E478" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" t="s">
         <v>5</v>
       </c>
@@ -9314,231 +9317,231 @@
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" t="s">
         <v>5</v>
       </c>
       <c r="B480" t="s">
         <v>6</v>
       </c>
       <c r="C480" t="s">
         <v>433</v>
       </c>
       <c r="D480"/>
       <c r="E480" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" t="s">
         <v>5</v>
       </c>
       <c r="B481" t="s">
         <v>6</v>
       </c>
       <c r="C481" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D481"/>
       <c r="E481" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" t="s">
         <v>5</v>
       </c>
       <c r="B482" t="s">
         <v>6</v>
       </c>
       <c r="C482" t="s">
         <v>434</v>
       </c>
       <c r="D482"/>
       <c r="E482" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="483" spans="1:5">
       <c r="A483" t="s">
         <v>5</v>
       </c>
       <c r="B483" t="s">
         <v>6</v>
       </c>
       <c r="C483" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D483"/>
       <c r="E483" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="484" spans="1:5">
       <c r="A484" t="s">
         <v>5</v>
       </c>
       <c r="B484" t="s">
         <v>6</v>
       </c>
       <c r="C484" t="s">
         <v>435</v>
       </c>
       <c r="D484"/>
       <c r="E484" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="485" spans="1:5">
       <c r="A485" t="s">
         <v>5</v>
       </c>
       <c r="B485" t="s">
         <v>6</v>
       </c>
       <c r="C485" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D485"/>
       <c r="E485" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="486" spans="1:5">
       <c r="A486" t="s">
         <v>5</v>
       </c>
       <c r="B486" t="s">
         <v>6</v>
       </c>
       <c r="C486" t="s">
         <v>436</v>
       </c>
       <c r="D486"/>
       <c r="E486" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" t="s">
         <v>5</v>
       </c>
       <c r="B487" t="s">
         <v>6</v>
       </c>
       <c r="C487" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D487"/>
       <c r="E487" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" t="s">
         <v>5</v>
       </c>
       <c r="B488" t="s">
         <v>6</v>
       </c>
       <c r="C488" t="s">
         <v>437</v>
       </c>
       <c r="D488"/>
       <c r="E488" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" t="s">
         <v>5</v>
       </c>
       <c r="B489" t="s">
         <v>6</v>
       </c>
       <c r="C489" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D489"/>
       <c r="E489" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" t="s">
         <v>5</v>
       </c>
       <c r="B490" t="s">
         <v>6</v>
       </c>
       <c r="C490" t="s">
         <v>438</v>
       </c>
       <c r="D490"/>
       <c r="E490" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="491" spans="1:5">
       <c r="A491" t="s">
         <v>5</v>
       </c>
       <c r="B491" t="s">
         <v>6</v>
       </c>
       <c r="C491" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D491"/>
       <c r="E491" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="492" spans="1:5">
       <c r="A492" t="s">
         <v>5</v>
       </c>
       <c r="B492" t="s">
         <v>6</v>
       </c>
       <c r="C492" t="s">
         <v>439</v>
       </c>
       <c r="D492"/>
       <c r="E492" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="493" spans="1:5">
       <c r="A493" t="s">
         <v>5</v>
       </c>
       <c r="B493" t="s">
         <v>6</v>
       </c>
       <c r="C493" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D493"/>
       <c r="E493" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="494" spans="1:5">
       <c r="A494" t="s">
         <v>5</v>
       </c>
       <c r="B494" t="s">
         <v>6</v>
       </c>
       <c r="C494" t="s">
         <v>440</v>
       </c>
       <c r="D494"/>
       <c r="E494" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="495" spans="1:5">
       <c r="A495" t="s">
         <v>5</v>
       </c>
@@ -9554,51 +9557,51 @@
       </c>
     </row>
     <row r="496" spans="1:5">
       <c r="A496" t="s">
         <v>5</v>
       </c>
       <c r="B496" t="s">
         <v>6</v>
       </c>
       <c r="C496" t="s">
         <v>442</v>
       </c>
       <c r="D496"/>
       <c r="E496" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="497" spans="1:5">
       <c r="A497" t="s">
         <v>5</v>
       </c>
       <c r="B497" t="s">
         <v>6</v>
       </c>
       <c r="C497" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D497"/>
       <c r="E497" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="498" spans="1:5">
       <c r="A498" t="s">
         <v>5</v>
       </c>
       <c r="B498" t="s">
         <v>6</v>
       </c>
       <c r="C498" t="s">
         <v>443</v>
       </c>
       <c r="D498"/>
       <c r="E498" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="499" spans="1:5">
       <c r="A499" t="s">
         <v>5</v>
       </c>
@@ -9721,128 +9724,128 @@
     <row r="507" spans="1:5">
       <c r="A507" t="s">
         <v>5</v>
       </c>
       <c r="B507" t="s">
         <v>6</v>
       </c>
       <c r="C507" t="s">
         <v>452</v>
       </c>
       <c r="D507"/>
       <c r="E507" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="508" spans="1:5">
       <c r="A508" t="s">
         <v>5</v>
       </c>
       <c r="B508" t="s">
         <v>6</v>
       </c>
       <c r="C508" t="s">
         <v>453</v>
       </c>
-      <c r="D508" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D508"/>
       <c r="E508" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="509" spans="1:5">
       <c r="A509" t="s">
         <v>5</v>
       </c>
       <c r="B509" t="s">
         <v>6</v>
       </c>
       <c r="C509" t="s">
+        <v>454</v>
+      </c>
+      <c r="D509" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="E509" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="510" spans="1:5">
       <c r="A510" t="s">
         <v>5</v>
       </c>
       <c r="B510" t="s">
         <v>6</v>
       </c>
       <c r="C510" t="s">
-        <v>454</v>
-[...1 lines deleted...]
-      <c r="D510"/>
+        <v>456</v>
+      </c>
+      <c r="D510" t="s">
+        <v>457</v>
+      </c>
       <c r="E510" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" t="s">
         <v>5</v>
       </c>
       <c r="B511" t="s">
         <v>6</v>
       </c>
       <c r="C511" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="D511"/>
       <c r="E511" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" t="s">
         <v>5</v>
       </c>
       <c r="B512" t="s">
         <v>6</v>
       </c>
       <c r="C512" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D512"/>
       <c r="E512" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" t="s">
         <v>5</v>
       </c>
       <c r="B513" t="s">
         <v>6</v>
       </c>
       <c r="C513" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="D513"/>
       <c r="E513" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" t="s">
         <v>5</v>
       </c>
       <c r="B514" t="s">
         <v>6</v>
       </c>
       <c r="C514" t="s">
         <v>459</v>
       </c>
       <c r="D514"/>
       <c r="E514" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" t="s">
         <v>5</v>
       </c>
@@ -10897,50 +10900,65 @@
         <v>5</v>
       </c>
       <c r="B585" t="s">
         <v>6</v>
       </c>
       <c r="C585" t="s">
         <v>530</v>
       </c>
       <c r="D585"/>
       <c r="E585" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" t="s">
         <v>5</v>
       </c>
       <c r="B586" t="s">
         <v>6</v>
       </c>
       <c r="C586" t="s">
         <v>531</v>
       </c>
       <c r="D586"/>
       <c r="E586" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="587" spans="1:5">
+      <c r="A587" t="s">
+        <v>5</v>
+      </c>
+      <c r="B587" t="s">
+        <v>6</v>
+      </c>
+      <c r="C587" t="s">
+        <v>532</v>
+      </c>
+      <c r="D587"/>
+      <c r="E587" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>