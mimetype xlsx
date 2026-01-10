--- v0 (2025-10-09)
+++ v1 (2026-01-10)
@@ -12,83 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PCN110 Item List" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>PCN#</t>
   </si>
   <si>
     <t>EFFECTIVE_DATE</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>REPLACEMENT</t>
   </si>
   <si>
     <t>CHANGE_DETAILS</t>
   </si>
   <si>
     <t>PCN110</t>
   </si>
   <si>
     <t>21 April 2009</t>
   </si>
   <si>
     <t>CMDD3003 BK</t>
   </si>
   <si>
     <t>Chip process CPD64, Low Leakage Diode discrete semiconductors, wafers, and die in chip form. The overall wafer diameter is being increased from 4 inch to 5 inch. The overall die thickness is being reduced from 8 mils to 5.9 mils.</t>
   </si>
   <si>
+    <t>CMDD3003F BK</t>
+  </si>
+  <si>
     <t>CMDD3003 BK PBFREE</t>
   </si>
   <si>
     <t>CMDD3003 TR</t>
+  </si>
+  <si>
+    <t>CMDD3003F TR</t>
   </si>
   <si>
     <t>CMDD3003 TR PBFREE</t>
   </si>
   <si>
     <t>CMHD3595 BK</t>
   </si>
   <si>
     <t>CMHD3595 BK PBFREE</t>
   </si>
   <si>
     <t>CMHD3595 BK TIN/LEAD</t>
   </si>
   <si>
     <t>CMHD3595 TR</t>
   </si>
   <si>
     <t>CMHD3595 TR PBFREE</t>
   </si>
   <si>
     <t>CMHD3595 TR TIN/LEAD</t>
   </si>
   <si>
     <t>CMHD457A BK</t>
   </si>
@@ -633,51 +639,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E104"/>
+  <dimension ref="A1:E105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E1" sqref="E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="271.22" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -690,608 +696,610 @@
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>9</v>
+      </c>
       <c r="E3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D6"/>
       <c r="E6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D7"/>
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
       <c r="E7" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>5</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>5</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D9"/>
       <c r="E9" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>5</v>
       </c>
       <c r="B10" t="s">
         <v>6</v>
       </c>
       <c r="C10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D10"/>
       <c r="E10" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>5</v>
       </c>
       <c r="B11" t="s">
         <v>6</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>5</v>
       </c>
       <c r="B12" t="s">
         <v>6</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D12"/>
       <c r="E12" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>5</v>
       </c>
       <c r="B13" t="s">
         <v>6</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D13"/>
       <c r="E13" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>5</v>
       </c>
       <c r="B14" t="s">
         <v>6</v>
       </c>
       <c r="C14" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D14"/>
       <c r="E14" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>5</v>
       </c>
       <c r="B15" t="s">
         <v>6</v>
       </c>
       <c r="C15" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D15"/>
       <c r="E15" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>5</v>
       </c>
       <c r="B16" t="s">
         <v>6</v>
       </c>
       <c r="C16" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D16"/>
       <c r="E16" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>5</v>
       </c>
       <c r="B17" t="s">
         <v>6</v>
       </c>
       <c r="C17" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D17"/>
       <c r="E17" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>5</v>
       </c>
       <c r="B18" t="s">
         <v>6</v>
       </c>
       <c r="C18" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D18"/>
       <c r="E18" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>5</v>
       </c>
       <c r="B19" t="s">
         <v>6</v>
       </c>
       <c r="C19" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D19"/>
       <c r="E19" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>5</v>
       </c>
       <c r="B20" t="s">
         <v>6</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D20"/>
       <c r="E20" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>5</v>
       </c>
       <c r="B21" t="s">
         <v>6</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D21"/>
       <c r="E21" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>5</v>
       </c>
       <c r="B22" t="s">
         <v>6</v>
       </c>
       <c r="C22" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>5</v>
       </c>
       <c r="B23" t="s">
         <v>6</v>
       </c>
       <c r="C23" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>5</v>
       </c>
       <c r="B24" t="s">
         <v>6</v>
       </c>
       <c r="C24" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>5</v>
       </c>
       <c r="B25" t="s">
         <v>6</v>
       </c>
       <c r="C25" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D25"/>
       <c r="E25" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>5</v>
       </c>
       <c r="B26" t="s">
         <v>6</v>
       </c>
       <c r="C26" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D26"/>
       <c r="E26" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>5</v>
       </c>
       <c r="B27" t="s">
         <v>6</v>
       </c>
       <c r="C27" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D27"/>
       <c r="E27" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>5</v>
       </c>
       <c r="B28" t="s">
         <v>6</v>
       </c>
       <c r="C28" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D28"/>
       <c r="E28" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>5</v>
       </c>
       <c r="B29" t="s">
         <v>6</v>
       </c>
       <c r="C29" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D29"/>
       <c r="E29" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>5</v>
       </c>
       <c r="B30" t="s">
         <v>6</v>
       </c>
       <c r="C30" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D30"/>
       <c r="E30" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>5</v>
       </c>
       <c r="B31" t="s">
         <v>6</v>
       </c>
       <c r="C31" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D31"/>
       <c r="E31" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>5</v>
       </c>
       <c r="B32" t="s">
         <v>6</v>
       </c>
       <c r="C32" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D32"/>
       <c r="E32" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>5</v>
       </c>
       <c r="B33" t="s">
         <v>6</v>
       </c>
       <c r="C33" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D33"/>
       <c r="E33" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>5</v>
       </c>
       <c r="B34" t="s">
         <v>6</v>
       </c>
       <c r="C34" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D34"/>
       <c r="E34" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>5</v>
       </c>
       <c r="B35" t="s">
         <v>6</v>
       </c>
       <c r="C35" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D35"/>
       <c r="E35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>5</v>
       </c>
       <c r="B36" t="s">
         <v>6</v>
       </c>
       <c r="C36" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D36"/>
       <c r="E36" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>5</v>
       </c>
       <c r="B37" t="s">
         <v>6</v>
       </c>
       <c r="C37" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D37"/>
       <c r="E37" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>5</v>
       </c>
       <c r="B38" t="s">
         <v>6</v>
       </c>
       <c r="C38" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D38"/>
       <c r="E38" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>5</v>
       </c>
       <c r="B39" t="s">
         <v>6</v>
       </c>
       <c r="C39" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>5</v>
       </c>
       <c r="B40" t="s">
         <v>6</v>
       </c>
       <c r="C40" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D40" t="s">
         <v>31</v>
       </c>
+      <c r="D40"/>
       <c r="E40" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>5</v>
       </c>
       <c r="B41" t="s">
         <v>6</v>
       </c>
       <c r="C41" t="s">
         <v>32</v>
       </c>
       <c r="D41" t="s">
         <v>33</v>
       </c>
       <c r="E41" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>5</v>
       </c>
@@ -1311,53 +1319,55 @@
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>5</v>
       </c>
       <c r="B43" t="s">
         <v>6</v>
       </c>
       <c r="C43" t="s">
         <v>36</v>
       </c>
       <c r="D43" t="s">
         <v>37</v>
       </c>
       <c r="E43" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>5</v>
       </c>
       <c r="B44" t="s">
         <v>6</v>
       </c>
       <c r="C44" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D44"/>
+        <v>38</v>
+      </c>
+      <c r="D44" t="s">
+        <v>39</v>
+      </c>
       <c r="E44" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>5</v>
       </c>
       <c r="B45" t="s">
         <v>6</v>
       </c>
       <c r="C45" t="s">
         <v>33</v>
       </c>
       <c r="D45"/>
       <c r="E45" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>5</v>
       </c>
       <c r="B46" t="s">
         <v>6</v>
@@ -1371,775 +1381,773 @@
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>5</v>
       </c>
       <c r="B47" t="s">
         <v>6</v>
       </c>
       <c r="C47" t="s">
         <v>37</v>
       </c>
       <c r="D47"/>
       <c r="E47" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>5</v>
       </c>
       <c r="B48" t="s">
         <v>6</v>
       </c>
       <c r="C48" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D48"/>
       <c r="E48" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>5</v>
       </c>
       <c r="B49" t="s">
         <v>6</v>
       </c>
       <c r="C49" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D49"/>
       <c r="E49" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>5</v>
       </c>
       <c r="B50" t="s">
         <v>6</v>
       </c>
       <c r="C50" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D50"/>
       <c r="E50" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>5</v>
       </c>
       <c r="B51" t="s">
         <v>6</v>
       </c>
       <c r="C51" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D51"/>
       <c r="E51" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>5</v>
       </c>
       <c r="B52" t="s">
         <v>6</v>
       </c>
       <c r="C52" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D52"/>
       <c r="E52" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>5</v>
       </c>
       <c r="B53" t="s">
         <v>6</v>
       </c>
       <c r="C53" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D53"/>
       <c r="E53" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>5</v>
       </c>
       <c r="B54" t="s">
         <v>6</v>
       </c>
       <c r="C54" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D54"/>
       <c r="E54" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>5</v>
       </c>
       <c r="B55" t="s">
         <v>6</v>
       </c>
       <c r="C55" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D55"/>
       <c r="E55" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>5</v>
       </c>
       <c r="B56" t="s">
         <v>6</v>
       </c>
       <c r="C56" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D56"/>
       <c r="E56" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>5</v>
       </c>
       <c r="B57" t="s">
         <v>6</v>
       </c>
       <c r="C57" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D57"/>
       <c r="E57" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>5</v>
       </c>
       <c r="B58" t="s">
         <v>6</v>
       </c>
       <c r="C58" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D58"/>
       <c r="E58" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>5</v>
       </c>
       <c r="B59" t="s">
         <v>6</v>
       </c>
       <c r="C59" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D59"/>
       <c r="E59" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>5</v>
       </c>
       <c r="B60" t="s">
         <v>6</v>
       </c>
       <c r="C60" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D60"/>
       <c r="E60" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>5</v>
       </c>
       <c r="B61" t="s">
         <v>6</v>
       </c>
       <c r="C61" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D61"/>
       <c r="E61" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>5</v>
       </c>
       <c r="B62" t="s">
         <v>6</v>
       </c>
       <c r="C62" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D62"/>
       <c r="E62" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>5</v>
       </c>
       <c r="B63" t="s">
         <v>6</v>
       </c>
       <c r="C63" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D63"/>
       <c r="E63" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>5</v>
       </c>
       <c r="B64" t="s">
         <v>6</v>
       </c>
       <c r="C64" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D64"/>
       <c r="E64" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>5</v>
       </c>
       <c r="B65" t="s">
         <v>6</v>
       </c>
       <c r="C65" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D65"/>
       <c r="E65" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>5</v>
       </c>
       <c r="B66" t="s">
         <v>6</v>
       </c>
       <c r="C66" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D66"/>
       <c r="E66" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>5</v>
       </c>
       <c r="B67" t="s">
         <v>6</v>
       </c>
       <c r="C67" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D67"/>
       <c r="E67" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>5</v>
       </c>
       <c r="B68" t="s">
         <v>6</v>
       </c>
       <c r="C68" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D68"/>
       <c r="E68" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>5</v>
       </c>
       <c r="B69" t="s">
         <v>6</v>
       </c>
       <c r="C69" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D69"/>
       <c r="E69" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>5</v>
       </c>
       <c r="B70" t="s">
         <v>6</v>
       </c>
       <c r="C70" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D70"/>
       <c r="E70" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>5</v>
       </c>
       <c r="B71" t="s">
         <v>6</v>
       </c>
       <c r="C71" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D71"/>
       <c r="E71" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>5</v>
       </c>
       <c r="B72" t="s">
         <v>6</v>
       </c>
       <c r="C72" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D72"/>
       <c r="E72" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>5</v>
       </c>
       <c r="B73" t="s">
         <v>6</v>
       </c>
       <c r="C73" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D73"/>
       <c r="E73" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
         <v>5</v>
       </c>
       <c r="B74" t="s">
         <v>6</v>
       </c>
       <c r="C74" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D74"/>
       <c r="E74" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>5</v>
       </c>
       <c r="B75" t="s">
         <v>6</v>
       </c>
       <c r="C75" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D75"/>
       <c r="E75" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
         <v>5</v>
       </c>
       <c r="B76" t="s">
         <v>6</v>
       </c>
       <c r="C76" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D76"/>
       <c r="E76" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
         <v>5</v>
       </c>
       <c r="B77" t="s">
         <v>6</v>
       </c>
       <c r="C77" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D77"/>
       <c r="E77" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
         <v>5</v>
       </c>
       <c r="B78" t="s">
         <v>6</v>
       </c>
       <c r="C78" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D78"/>
       <c r="E78" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
         <v>5</v>
       </c>
       <c r="B79" t="s">
         <v>6</v>
       </c>
       <c r="C79" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D79"/>
       <c r="E79" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
         <v>5</v>
       </c>
       <c r="B80" t="s">
         <v>6</v>
       </c>
       <c r="C80" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D80"/>
       <c r="E80" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
         <v>5</v>
       </c>
       <c r="B81" t="s">
         <v>6</v>
       </c>
       <c r="C81" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D81"/>
       <c r="E81" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
         <v>5</v>
       </c>
       <c r="B82" t="s">
         <v>6</v>
       </c>
       <c r="C82" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D82"/>
       <c r="E82" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>5</v>
       </c>
       <c r="B83" t="s">
         <v>6</v>
       </c>
       <c r="C83" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D83"/>
       <c r="E83" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>5</v>
       </c>
       <c r="B84" t="s">
         <v>6</v>
       </c>
       <c r="C84" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D84"/>
       <c r="E84" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
         <v>5</v>
       </c>
       <c r="B85" t="s">
         <v>6</v>
       </c>
       <c r="C85" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D85"/>
       <c r="E85" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
         <v>5</v>
       </c>
       <c r="B86" t="s">
         <v>6</v>
       </c>
       <c r="C86" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D86"/>
       <c r="E86" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
         <v>5</v>
       </c>
       <c r="B87" t="s">
         <v>6</v>
       </c>
       <c r="C87" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D87"/>
       <c r="E87" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
         <v>5</v>
       </c>
       <c r="B88" t="s">
         <v>6</v>
       </c>
       <c r="C88" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D88"/>
       <c r="E88" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
         <v>5</v>
       </c>
       <c r="B89" t="s">
         <v>6</v>
       </c>
       <c r="C89" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D89"/>
       <c r="E89" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
         <v>5</v>
       </c>
       <c r="B90" t="s">
         <v>6</v>
       </c>
       <c r="C90" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D90"/>
       <c r="E90" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
         <v>5</v>
       </c>
       <c r="B91" t="s">
         <v>6</v>
       </c>
       <c r="C91" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D91"/>
       <c r="E91" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>5</v>
       </c>
       <c r="B92" t="s">
         <v>6</v>
       </c>
       <c r="C92" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D92"/>
       <c r="E92" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>5</v>
       </c>
       <c r="B93" t="s">
         <v>6</v>
       </c>
       <c r="C93" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D93"/>
       <c r="E93" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>5</v>
       </c>
       <c r="B94" t="s">
         <v>6</v>
       </c>
       <c r="C94" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D94"/>
       <c r="E94" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>5</v>
       </c>
       <c r="B95" t="s">
         <v>6</v>
       </c>
       <c r="C95" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D95"/>
       <c r="E95" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>5</v>
       </c>
       <c r="B96" t="s">
         <v>6</v>
       </c>
       <c r="C96" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="D96" t="s">
         <v>71</v>
       </c>
+      <c r="D96"/>
       <c r="E96" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>5</v>
       </c>
       <c r="B97" t="s">
         <v>6</v>
       </c>
       <c r="C97" t="s">
         <v>72</v>
       </c>
       <c r="D97" t="s">
         <v>73</v>
       </c>
       <c r="E97" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>5</v>
       </c>
@@ -2233,50 +2241,67 @@
       </c>
       <c r="C103" t="s">
         <v>84</v>
       </c>
       <c r="D103" t="s">
         <v>85</v>
       </c>
       <c r="E103" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>5</v>
       </c>
       <c r="B104" t="s">
         <v>6</v>
       </c>
       <c r="C104" t="s">
         <v>86</v>
       </c>
       <c r="D104" t="s">
         <v>87</v>
       </c>
       <c r="E104" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5">
+      <c r="A105" t="s">
+        <v>5</v>
+      </c>
+      <c r="B105" t="s">
+        <v>6</v>
+      </c>
+      <c r="C105" t="s">
+        <v>88</v>
+      </c>
+      <c r="D105" t="s">
+        <v>89</v>
+      </c>
+      <c r="E105" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>